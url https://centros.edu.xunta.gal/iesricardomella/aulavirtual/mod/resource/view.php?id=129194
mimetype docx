--- v0 (2026-01-16)
+++ v1 (2026-03-21)
@@ -1,614 +1,7262 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-      <w:pPr>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="008C1AB4" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc236637980"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc335648207"/>
+      <w:r w:rsidRPr="008C1AB4">
+        <w:t>Ejercicio 36</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - Dibujos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C1AB4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>Reproduce los dibujos y cuadros de texto incluidos a continuación</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Intenta que sean lo más parecido posible, sino los encuentras inserta otro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>522605</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1200150" cy="1188720"/>
+                <wp:effectExtent l="13335" t="14605" r="5715" b="6350"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="59" name="Grupo 59"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1200150" cy="1188720"/>
+                          <a:chOff x="2421" y="7924"/>
+                          <a:chExt cx="1890" cy="1872"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="60" name="Text Box 9"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2601" y="9364"/>
+                            <a:ext cx="1440" cy="432"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>Líneas</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="61" name="Line 10"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2421" y="7924"/>
+                            <a:ext cx="0" cy="1260"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="62" name="Line 11"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2961" y="7924"/>
+                            <a:ext cx="0" cy="1260"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd type="triangle" w="med" len="med"/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="63" name="Freeform 12"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3501" y="8104"/>
+                            <a:ext cx="810" cy="958"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="*/ 0 w 810"/>
+                              <a:gd name="T1" fmla="*/ 780 h 958"/>
+                              <a:gd name="T2" fmla="*/ 15 w 810"/>
+                              <a:gd name="T3" fmla="*/ 600 h 958"/>
+                              <a:gd name="T4" fmla="*/ 45 w 810"/>
+                              <a:gd name="T5" fmla="*/ 510 h 958"/>
+                              <a:gd name="T6" fmla="*/ 60 w 810"/>
+                              <a:gd name="T7" fmla="*/ 375 h 958"/>
+                              <a:gd name="T8" fmla="*/ 120 w 810"/>
+                              <a:gd name="T9" fmla="*/ 285 h 958"/>
+                              <a:gd name="T10" fmla="*/ 135 w 810"/>
+                              <a:gd name="T11" fmla="*/ 240 h 958"/>
+                              <a:gd name="T12" fmla="*/ 180 w 810"/>
+                              <a:gd name="T13" fmla="*/ 15 h 958"/>
+                              <a:gd name="T14" fmla="*/ 405 w 810"/>
+                              <a:gd name="T15" fmla="*/ 30 h 958"/>
+                              <a:gd name="T16" fmla="*/ 420 w 810"/>
+                              <a:gd name="T17" fmla="*/ 120 h 958"/>
+                              <a:gd name="T18" fmla="*/ 495 w 810"/>
+                              <a:gd name="T19" fmla="*/ 180 h 958"/>
+                              <a:gd name="T20" fmla="*/ 405 w 810"/>
+                              <a:gd name="T21" fmla="*/ 450 h 958"/>
+                              <a:gd name="T22" fmla="*/ 315 w 810"/>
+                              <a:gd name="T23" fmla="*/ 465 h 958"/>
+                              <a:gd name="T24" fmla="*/ 270 w 810"/>
+                              <a:gd name="T25" fmla="*/ 570 h 958"/>
+                              <a:gd name="T26" fmla="*/ 420 w 810"/>
+                              <a:gd name="T27" fmla="*/ 585 h 958"/>
+                              <a:gd name="T28" fmla="*/ 450 w 810"/>
+                              <a:gd name="T29" fmla="*/ 915 h 958"/>
+                              <a:gd name="T30" fmla="*/ 600 w 810"/>
+                              <a:gd name="T31" fmla="*/ 900 h 958"/>
+                              <a:gd name="T32" fmla="*/ 810 w 810"/>
+                              <a:gd name="T33" fmla="*/ 885 h 958"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T0" y="T1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T2" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T4" y="T5"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T6" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T8" y="T9"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T10" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T12" y="T13"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T14" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T16" y="T17"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T18" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T20" y="T21"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T22" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T24" y="T25"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T26" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T28" y="T29"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T30" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T32" y="T33"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="810" h="958">
+                                <a:moveTo>
+                                  <a:pt x="0" y="780"/>
+                                </a:moveTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="5" y="720"/>
+                                  <a:pt x="5" y="659"/>
+                                  <a:pt x="15" y="600"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="20" y="569"/>
+                                  <a:pt x="45" y="510"/>
+                                  <a:pt x="45" y="510"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="50" y="465"/>
+                                  <a:pt x="46" y="418"/>
+                                  <a:pt x="60" y="375"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="71" y="341"/>
+                                  <a:pt x="109" y="319"/>
+                                  <a:pt x="120" y="285"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="125" y="270"/>
+                                  <a:pt x="131" y="255"/>
+                                  <a:pt x="135" y="240"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="154" y="165"/>
+                                  <a:pt x="156" y="88"/>
+                                  <a:pt x="180" y="15"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="255" y="20"/>
+                                  <a:pt x="336" y="0"/>
+                                  <a:pt x="405" y="30"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="433" y="42"/>
+                                  <a:pt x="410" y="91"/>
+                                  <a:pt x="420" y="120"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="437" y="171"/>
+                                  <a:pt x="452" y="166"/>
+                                  <a:pt x="495" y="180"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="466" y="267"/>
+                                  <a:pt x="481" y="381"/>
+                                  <a:pt x="405" y="450"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="382" y="470"/>
+                                  <a:pt x="345" y="460"/>
+                                  <a:pt x="315" y="465"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="249" y="531"/>
+                                  <a:pt x="171" y="555"/>
+                                  <a:pt x="270" y="570"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="320" y="578"/>
+                                  <a:pt x="370" y="580"/>
+                                  <a:pt x="420" y="585"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="455" y="690"/>
+                                  <a:pt x="392" y="821"/>
+                                  <a:pt x="450" y="915"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="476" y="958"/>
+                                  <a:pt x="550" y="905"/>
+                                  <a:pt x="600" y="900"/>
+                                </a:cubicBezTo>
+                                <a:cubicBezTo>
+                                  <a:pt x="697" y="868"/>
+                                  <a:pt x="629" y="885"/>
+                                  <a:pt x="810" y="885"/>
+                                </a:cubicBezTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Grupo 59" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:36pt;margin-top:41.15pt;width:94.5pt;height:93.6pt;z-index:251664384" coordorigin="2421,7924" coordsize="1890,1872" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTjofNSAcAAEEdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWW2Pm0YQ/l6p/2HFx0oXs7wZrPii5N5U&#10;KW0j5foDMGAbFbMUuLMvVf97n9ld8OKYC0mqqJHqDzYsw+zMM8/Mzq5fvjrsCvaY1U0uyqXFX9gW&#10;y8pEpHm5WVq/399ehBZr2rhM40KU2dJ6yhrr1eWPP7zcV4vMEVtRpFnNoKRsFvtqaW3btlrMZk2y&#10;zXZx80JUWYmHa1Hv4ha39WaW1vEe2nfFzLHtYLYXdVrVIsmaBqPX6qF1KfWv11nS/rZeN1nLiqUF&#10;21r5XcvvFX3PLl/Gi00dV9s80WbEX2DFLs5LTNqruo7bmD3U+UeqdnlSi0as2xeJ2M3Eep0nmfQB&#10;3nD7xJu7WjxU0pfNYr+pepgA7QlOX6w2+fXxXc3ydGn5kcXKeIcY3dUPlWC4Bzj7arOAzF1dva/e&#10;1cpDXL4VyR8NHs9On9P9Rgmz1f4XkUJf/NAKCc5hXe9IBdxmBxmDpz4G2aFlCQY5osp9hCrBM87D&#10;cO7oKCVbhJLeczyHWwyP55HjqQgm25vu/TDqXsar9HQWL9TE0lhtHHkGxjVHUJuvA/X9Nq4yGauG&#10;ANOgBrBFgXpPDr4RB6ZhlVKEKWsPGIavEqJGQctKcbWNy032uq7FfpvFKczj0huyGxOocNBNQ0o+&#10;hbUT2AqzyA00Zj3inqcR89whYPGiqpv2LhM7RhdLq0Y+STPjx7dNq7DtRCiwjSjy9DYvCnlTb1ZX&#10;Rc0eY+TerfzocAzEipLtl1bkO74CYFSFLT/nVOzyFkWkyHdLK+yF4gXBdlOmMDNetHFeqGvQoSgl&#10;cxV0igntYXWQaSBBJlhXIn0CsLVQNQM1DhdbUX+w2B71Ymk1fz7EdWax4ucSwYm4hLGVN55PrGW1&#10;+WRlPonLBKqWVmsxdXnVqqL0UNX5ZouZFB1K8RrJs84l1kertPmg77fiMcijePw2LzPGZUpqJl6V&#10;qjAkh1IXhp69MinunyoUgQF51SvTyftxwnfk7XId/B7k+kfULWD3c9QtBfFWcuVfYCQKtybesySM&#10;F/ADmUQMJY/kivFXZEc34U3oXXhOcHPh2dfXF69vr7yL4JbP/Wv3+urqmv9NvnBvsc3TNCvJ9G71&#10;4t60QqbXUbXu9OtXD8NsqF2WUZjY/UqjUVDNHFIZQ1WBxr8hOZ0hOfsURpn8BuSMgtPV6HsjJ2tl&#10;irZ1jiWnQElDQd5lKUpbhqaOrswaOklaV9n/Cf7is1qzkS7C7Qh+W2cZNcOMy5VaV+CuNdPNQ5eB&#10;n98luL7uEkJun3QJGFE9WeSHJ5U2eVBNAlWxrjFAJ5zqwrZJuxYIGta7Av31TzNmsz0jnZJZRxGk&#10;Ui8yD222ZXo+UtjpQb73Qtw/rwiQ9TKBPaLIM4S8EUW+IePzEUWBIRSMuDY3ZNy5f941bJd6s9EK&#10;n/cNnXov5IQjmihevRR3R7zjJuCON+Ie2GboQljOx87EHHE5Gzs+wNweM8tE3R2zykTdGwOLm7gT&#10;pOfNMoH3ojGzTOT5KD1N5L0xFx0Tec8fscsxkXfHyO6YyHvBCPTYLB2j6MxHoog+/CjlQ+osXs4k&#10;7B0Te3+Mqc4AeyBxll2OiX00Ri/XxJ7y/qwu18Q+GqsO2A0dkUCtGtFlYh+aPmIN7ItgvFUbpniB&#10;NlkXRlyh+8dm3paNaSUa2t3ewwPsbe9VwyzlqbCOCMNEEnZ1SYbUM8KIPwn7k4QRYBKeTxJGBElY&#10;7m3h9vNmUGUiadQeWqo+Ka595NOcpAIjtU9zk2s/USYmGaM95dNcpV0gGYNkn6Kdsl2KT3OVElqK&#10;T3OVclaKT3OV0lKKT3OVMo/EkVtTXKXkkuIDVxUZdH7QacPpuV1tMZzbrWgKbPHiltKqu6S2VbYp&#10;WzpPCGVS7cRjdi+kRHs8c0JnoY08Pk8eVnnyJvtgSqMUwsb+BKqSKtRgoM7HYIQc5HrU7hQP1Q3v&#10;1CuaG34g8e0UeUoROg3to1Q/HCWUBtYO77SZKh5YDQaKFAc8Lpu4blI6poKj6Eo0LEOFwzulfo4S&#10;Sq94MtydIm6jStOwyo9+WPuKZmXyBJwWIqjCQmU6wKl207A/8AsNjhrGWZam3ycR4r7KHz6EiPsK&#10;o3AAEQdlaF4Eeqp+MlGaOnDAdZX6wSC6BCmKJJqq3XOx8MAgT+4EOqQ9XVyjQVjQHCnj8TtdPxZv&#10;chiRxjv9BL5KXB4Eg+FIOUAwTZ4BKiQ+gSxI/QyhphZ+zYk1RGiVJs/ghspYb8ghV6eTpw6NuonR&#10;XilEFR8mZZnjKcL7qux1qgg0cs0fspS4LIeVPZNmcLs6MR/w0e1UKcC7ibtIo9majJKneRrg5NwA&#10;3I0UeKFavPoZ6HAerqEFmz7DXEW638vpEtWpQmiNidG2qRk+o5gGkWJrGAxQCqhrhLHoy8wZ5Cpx&#10;HD6JA25pZZGtSb/ESJnjPrc/J6PT5K8+wP5ujwsHJ/nNlAP/Lz5X/O+fxMv/l/A/nSSO/k+R/gg0&#10;73Ft/vN5+Q8AAAD//wMAUEsDBBQABgAIAAAAIQDIZtTK4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9Ba8JAEIXvhf6HZQq91U0iWo3ZiEjbkxTUQultzY5JMDsbsmsS/33HU3ubmfd4871sPdpG&#10;9Nj52pGCeBKBQCqcqalU8HV8f1mA8EGT0Y0jVHBDD+v88SHTqXED7bE/hFJwCPlUK6hCaFMpfVGh&#10;1X7iWiTWzq6zOvDaldJ0euBw28gkiubS6pr4Q6Vb3FZYXA5Xq+Bj0MNmGr/1u8t5e/s5zj6/dzEq&#10;9fw0blYgAo7hzwx3fEaHnJlO7krGi0bBa8JVgoJFMgXBejKP+XC6D8sZyDyT/xvkvwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBTjofNSAcAAEEdAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDIZtTK4AAAAAkBAAAPAAAAAAAAAAAAAAAAAKIJAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAArwoAAAAA&#10;" o:allowincell="f">
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:2601;top:9364;width:1440;height:432;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA+cf+rwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L/g/hCV7GTNXRuc4oIiju5py466N5tmXNS01irf+9OQw8fny/58vO1KIl5yvLCsajBARxbnXF&#10;hYLjz+Z1BsIHZI21ZVJwJw/LRb83x0zbG39TewiFiCHsM1RQhtBkUvq8JIN+ZBviyJ2tMxgidIXU&#10;Dm8x3NRykiSpNFhxbCixoXVJ+d/hahTM3nbtr/+a7k95eq4/wst7u704pYaDbvUJIlAXnuJ/904r&#10;SOP6+CX+ALl4AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD5x/6vBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>Líneas</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Line 10" o:spid="_x0000_s1028" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2421,7924" to="2421,9184" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCMa91uxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMLoURXEUXQHkq1gh6f2WcSzb4Nu2uS/vtuodDjMDPfMLNFb2rRkvOVZQWTcQKC&#10;OLe64kLB8Wvz/AbCB2SNtWVS8E0eFvPB0wwzbTveU3sIhYgQ9hkqKENoMil9XpJBP7YNcfSu1hkM&#10;UbpCaoddhJtaviRJKg1WHBdKbGhVUn4/PIyCj9fPtF3u3rf9aZde8vX+cr51TqnRsF9OQQTqw3/4&#10;r73VCtIJ/H6JP0DOfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMa91uxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;"/>
+                <v:line id="Line 11" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2961,7924" to="2961,9184" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKaOkLxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYXedNMcRKKbUAqVXEqpFs/P7GuSNvs2ZrfZ1F/vCkKPw8x8w2yLyXRipMG1lhU8LRMQ&#10;xJXVLdcKPg+vizUI55E1dpZJwR85KPL5bIuZtoE/aNz7WkQIuwwVNN73mZSuasigW9qeOHpfdjDo&#10;oxxqqQcMEW46mSbJShpsOS402NNLQ9XP/tcoSMJlJ79l2Y7v5ds59KdwTM9BqceH6XkDwtPk/8P3&#10;dqkVrFK4fYk/QOZXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIpo6QvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:stroke startarrow="block" endarrow="block"/>
+                </v:line>
+                <v:shape id="Freeform 12" o:spid="_x0000_s1030" style="position:absolute;left:3501;top:8104;width:810;height:958;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="810,958" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAY63kXwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6qClGoUEQUPXuyueH02z7bavJQkavXXbxYW9jjMzDfMfNmZRjzI+dqygtEwAUFc&#10;WF1zqeD7a/uZgvABWWNjmRS8yMNy0fuYY6btkw/0yEMpIoR9hgqqENpMSl9UZNAPbUscvYt1BkOU&#10;rpTa4TPCTSPHSTKVBmuOCxW2tK6ouOV3o4A2p9qu8/ct3bRHGqd8nlz3TqlBv1vNQATqwn/4r73T&#10;CqYT+P0Sf4Bc/AAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAY63kXwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,780c5,720,5,659,15,600v5,-31,30,-90,30,-90c50,465,46,418,60,375v11,-34,49,-56,60,-90c125,270,131,255,135,240,154,165,156,88,180,15,255,20,336,,405,30v28,12,5,61,15,90c437,171,452,166,495,180v-29,87,-14,201,-90,270c382,470,345,460,315,465v-66,66,-144,90,-45,105c320,578,370,580,420,585v35,105,-28,236,30,330c476,958,550,905,600,900v97,-32,29,-15,210,-15e" filled="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,780;15,600;45,510;60,375;120,285;135,240;180,15;405,30;420,120;495,180;405,450;315,465;270,570;420,585;450,915;600,900;810,885" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <w10:wrap type="square" side="right"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2171700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>65405</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1371600" cy="1645920"/>
+                <wp:effectExtent l="13335" t="5080" r="5715" b="6350"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="53" name="Grupo 53"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1371600" cy="1645920"/>
+                          <a:chOff x="5121" y="7924"/>
+                          <a:chExt cx="2160" cy="2592"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="54" name="Text Box 14"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5121" y="10084"/>
+                            <a:ext cx="2016" cy="432"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>Formas básicas</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="55" name="AutoShape 15"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5301" y="8104"/>
+                            <a:ext cx="720" cy="540"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="plus">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 25000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="56" name="AutoShape 16"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="6561" y="7924"/>
+                            <a:ext cx="720" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="octagon">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 29287"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="57" name="AutoShape 17"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5121" y="9004"/>
+                            <a:ext cx="1080" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bevel">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 12500"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="58" name="AutoShape 18"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="6561" y="9004"/>
+                            <a:ext cx="720" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="smileyFace">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 4653"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Grupo 53" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:171pt;margin-top:5.15pt;width:108pt;height:129.6pt;z-index:251665408" coordorigin="5121,7924" coordsize="2160,2592" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGjVzLiQMAABoRAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtO3DAQfa/Uf7D8XnJhs5eIgCg3VaIt&#10;EvQDvI5zaR07tb2bpV/fsZ1dloUCpSq9QB4iO7YnM2eOT8bZ2Vs0HM2Z0rUUGY62QoyYoDKvRZnh&#10;TxfHb8YYaUNETrgULMOXTOO93devdro2ZbGsJM+ZQmBE6LRrM1wZ06ZBoGnFGqK3ZMsEDBZSNcRA&#10;V5VBrkgH1hsexGE4DDqp8lZJyrSGp4d+EO86+0XBqPlYFJoZxDMMvhl3V+4+tfdgd4ekpSJtVdPe&#10;DfIILxpSC3jpytQhMQTNVH3DVFNTJbUszBaVTSCLoqbMxQDRROFGNCdKzloXS5l2ZbuCCaDdwOnR&#10;ZumH+ZlCdZ7hZBsjQRrI0YmatRJBH8Dp2jKFOSeqPW/PlI8QmqeSftEwHGyO237pJ6Np917mYI/M&#10;jHTgLArVWBMQNlq4HFyucsAWBlF4GG2PomEIqaIwFg0HySTus0QrSKVdl0RxhBEMjybxwGeQVkf9&#10;+hhW+8UxLLWjAUn9i52zvXM2MmCcvgJV/xqo5xVpmcuVtoAtQR0sQb2wAb6VCxQ5l+3bYZoFFZkF&#10;PIdgHUbaY4uEPKiIKNm+UrKrGMnBv8iFs7bUR6GtkfvAXoEWheG4R22JOVBv6DEbbF+HjKSt0uaE&#10;yQbZRoYV7CjnJ5mfauPRXU6xqdWS1/lxzbnrqHJ6wBWaE9h9x+7qE3JtGheoy/AkiROPwA9NhO66&#10;zURTG5ARXjcZHq8mkdTidiRycJOkhtTct4EQXDju6tRi51E0i+nCbQSHgAV5KvNLQFZJrxqgctCo&#10;pPqGUQeKkWH9dUYUw4i/E5CdSTQYWIlxnUEyAt4itT4yXR8hgoKpDBuMfPPAeFmataouK3iT54OQ&#10;+7B9itphfeVV7z4Q+KmYnCyZbP1xbEdRYnNxjY/AgN9F4O3Q7/pxFG7w10Ft9SKBBKzv+Bv0bflM&#10;X9HX0qLMe9Uj+WeMioaD/ANfUZwAj3pjjutOSP4Pqr8Qe12iQfr8d2+N2MMnJPYwGW5+zpbCvCK2&#10;bdxJbEkNKaWvQXq63sHtSTwevXD7GYj26BZuu8w/lWgvS7VJuCnaUTjuC7V7yT1lc8YfJtuR1e0X&#10;aj8DasPB8oZsj/+EbN+k9sNlWzc1Z5fHhNqjA0nvVe7B0B/LoIT9q4oSOKj2ZfbPlNz/Sh3iDo5w&#10;AHclYP+zwJ7w1/uuIL/6pbH7HQAA//8DAFBLAwQUAAYACAAAACEA//NS+eEAAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjzQ6oS4lRVBZwqJFokxM2Nt0nUeB3FbpK+PcsJ&#10;jjszmv2mWM+2EyMOvnWkIF5EIJAqZ1qqFXweXh9WIHzQZHTnCBVc0cO6vL0pdG7cRB847kMtuIR8&#10;rhU0IfS5lL5q0Gq/cD0Seyc3WB34HGppBj1xue1kEkVLaXVL/KHRPW4brM77i1XwNulpk8Yv4+58&#10;2l6/D9n71y5Gpe7v5s0ziIBz+AvDLz6jQ8lMR3ch40WnIH1MeEtgI0pBcCDLViwcFSTLpwxkWcj/&#10;E8ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMaNXMuJAwAAGhEAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP/zUvnhAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAA4wUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADxBgAAAAA=&#10;" o:allowincell="f">
+                <v:shape id="Text Box 14" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:5121;top:10084;width:2016;height:432;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPJjMVxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeAUvolmtVbs1iggVe2tV2utj89xd3LysSVzXf98UBI/DzHzDzJetqURDzpeWFQwHCQji&#10;zOqScwWH/Ud/BsIHZI2VZVJwIw/LxVNnjqm2V/6mZhdyESHsU1RQhFCnUvqsIIN+YGvi6B2tMxii&#10;dLnUDq8Rbio5SpKJNFhyXCiwpnVB2Wl3MQpm423z6z9fvn6yybF6C71pszk7pbrP7eodRKA2PML3&#10;9lYreB3D/5f4A+TiDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI8mMxXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>Formas básicas</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t11" coordsize="21600,21600" o:spt="11" adj="5400" path="m@0,l@0@0,0@0,0@2@0@2@0,21600@1,21600@1@2,21600@2,21600@0@1@0@1,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="sum width 0 #0"/>
+                    <v:f eqn="sum height 0 #0"/>
+                    <v:f eqn="prod @0 2929 10000"/>
+                    <v:f eqn="sum width 0 @3"/>
+                    <v:f eqn="sum height 0 @3"/>
+                    <v:f eqn="val width"/>
+                    <v:f eqn="val height"/>
+                    <v:f eqn="prod width 1 2"/>
+                    <v:f eqn="prod height 1 2"/>
+                  </v:formulas>
+                  <v:path gradientshapeok="t" limo="10800,10800" o:connecttype="custom" o:connectlocs="@8,0;0,@9;@8,@7;@6,@9" textboxrect="0,0,21600,21600;5400,5400,16200,16200;10800,10800,10800,10800"/>
+                  <v:handles>
+                    <v:h position="#0,topLeft" switch="" xrange="0,10800"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 15" o:spid="_x0000_s1033" type="#_x0000_t11" style="position:absolute;left:5301;top:8104;width:720;height:540;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCnBnc+xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdaOglNRVihgUrIfaFjw+s89saPZtyK5J+u9dQfA4zMw3zGLV20q01PjSsYLJOAFB&#10;nDtdcqHg5zt7fQPhA7LGyjEp+CcPq+XgZYGpdh1/UXsMhYgQ9ikqMCHUqZQ+N2TRj11NHL2LayyG&#10;KJtC6ga7CLeVnCbJXFosOS4YrGltKP87Xq2Cz3138eft6ZBPsy2a36yct5u1UqNh//EOIlAfnuFH&#10;e6cVzGZw/xJ/gFzeAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKcGdz7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:shapetype id="_x0000_t10" coordsize="21600,21600" o:spt="10" adj="6326" path="m@0,l0@0,0@2@0,21600@1,21600,21600@2,21600@0@1,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="sum width 0 #0"/>
+                    <v:f eqn="sum height 0 #0"/>
+                    <v:f eqn="prod @0 2929 10000"/>
+                    <v:f eqn="sum width 0 @3"/>
+                    <v:f eqn="sum height 0 @3"/>
+                    <v:f eqn="val width"/>
+                    <v:f eqn="val height"/>
+                    <v:f eqn="prod width 1 2"/>
+                    <v:f eqn="prod height 1 2"/>
+                  </v:formulas>
+                  <v:path gradientshapeok="t" limo="10800,10800" o:connecttype="custom" o:connectlocs="@8,0;0,@9;@8,@7;@6,@9" textboxrect="0,0,21600,21600;2700,2700,18900,18900;5400,5400,16200,16200"/>
+                  <v:handles>
+                    <v:h position="#0,topLeft" switch="" xrange="0,10800"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 16" o:spid="_x0000_s1034" type="#_x0000_t10" style="position:absolute;left:6561;top:7924;width:720;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnXLHOxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasMw&#10;ELwX8g9iA701clqaJo7lYIpNcyiUPCDktlgb28RaGUt13L+PCoUe5jDMi0k2o2nFQL1rLCuYzyIQ&#10;xKXVDVcKjofiaQnCeWSNrWVS8EMONunkIcFY2xvvaNj7SoQSdjEqqL3vYildWZNBN7MdcdAutjfo&#10;A+0rqXu8hXLTyucoWkiDDYeFGjt6r6m87r+NAjxVH28v58+8mK/yMTvtvnyAUo/TMVuD8DT6f/Nf&#10;eqsVvC7g90v4ATK9AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGdcsc7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:shapetype id="_x0000_t84" coordsize="21600,21600" o:spt="84" adj="2700" path="m,l,21600r21600,l21600,xem@0@0nfl@0@2@1@2@1@0xem,nfl@0@0em,21600nfl@0@2em21600,21600nfl@1@2em21600,nfl@1@0e">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="sum width 0 #0"/>
+                    <v:f eqn="sum height 0 #0"/>
+                    <v:f eqn="prod width 1 2"/>
+                    <v:f eqn="prod height 1 2"/>
+                    <v:f eqn="prod #0 1 2"/>
+                    <v:f eqn="prod #0 3 2"/>
+                    <v:f eqn="sum @1 @5 0"/>
+                    <v:f eqn="sum @2 @5 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" limo="10800,10800" o:connecttype="custom" o:connectlocs="0,@4;@0,@4;@3,21600;@3,@2;21600,@4;@1,@4;@3,0;@3,@0" textboxrect="@0,@0,@1,@2"/>
+                  <v:handles>
+                    <v:h position="#0,topLeft" switch="" xrange="0,10800"/>
+                  </v:handles>
+                  <o:complex v:ext="view"/>
+                </v:shapetype>
+                <v:shape id="AutoShape 17" o:spid="_x0000_s1035" type="#_x0000_t84" style="position:absolute;left:5121;top:9004;width:1080;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBlseTBwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeIK3mrXgH7ZGEYvgTbqK50fyuru6eVmSuK5++qZQ8DjMzG+Y5bq3jejIh9qxgsk4A0Gs&#10;nam5VHA67t4XIEJENtg4JgUPCrBeDd6WmBt352/qiliKBOGQo4IqxjaXMuiKLIaxa4mT9+O8xZik&#10;L6XxeE9w28iPLJtJizWnhQpb2lakr8XNKqi1Lw9autn8gs/p86voJvvzQanRsN98gojUx1f4v703&#10;CqZz+PuSfoBc/QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBlseTBwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;"/>
+                <v:shapetype id="_x0000_t96" coordsize="21600,21600" o:spt="96" adj="17520" path="m10800,qx,10800,10800,21600,21600,10800,10800,xem7340,6445qx6215,7570,7340,8695,8465,7570,7340,6445xnfem14260,6445qx13135,7570,14260,8695,15385,7570,14260,6445xnfem4960@0c8853@3,12747@3,16640@0nfe">
+                  <v:formulas>
+                    <v:f eqn="sum 33030 0 #0"/>
+                    <v:f eqn="prod #0 4 3"/>
+                    <v:f eqn="prod @0 1 3"/>
+                    <v:f eqn="sum @1 0 @2"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;3163,3163;0,10800;3163,18437;10800,21600;18437,18437;21600,10800;18437,3163" textboxrect="3163,3163,18437,18437"/>
+                  <v:handles>
+                    <v:h position="center,#0" yrange="15510,17520"/>
+                  </v:handles>
+                  <o:complex v:ext="view"/>
+                </v:shapetype>
+                <v:shape id="AutoShape 18" o:spid="_x0000_s1036" type="#_x0000_t96" style="position:absolute;left:6561;top:9004;width:720;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCb3FYRwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG3iRmU5xjM4oMlS8KNjJzo/mrS1rXkoS0/rfm4Pg8eP7vVwPphWRnG8sK3ifZiCIS6sb&#10;rhRcfnZvnyB8QNbYWiYFN/KwXr2Mlphr2/OZYhEqkULY56igDqHLpfRlTQb91HbEifuzzmBI0FVS&#10;O+xTuGnlLMs+pMGGU0ONHX3XVP4XV6MgzifhtD3Gi/uVtzb2zf6wORqlxq/D5gtEoCE8xQ/3QStY&#10;pLHpS/oBcnUHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAm9xWEcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;"/>
+                <w10:wrap type="square" side="right"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4114800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>179705</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1485900" cy="1531620"/>
+                <wp:effectExtent l="13335" t="24130" r="5715" b="6350"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="47" name="Grupo 47"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1485900" cy="1531620"/>
+                          <a:chOff x="8181" y="8104"/>
+                          <a:chExt cx="2340" cy="2412"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="48" name="Text Box 20"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8361" y="10084"/>
+                            <a:ext cx="2160" cy="432"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00B70A5E">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>Flechas d</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>e bloque</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="49" name="AutoShape 21"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8181" y="8104"/>
+                            <a:ext cx="900" cy="540"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="stripedRightArrow">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 50000"/>
+                              <a:gd name="adj2" fmla="val 41667"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="50" name="AutoShape 22"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="9441" y="8104"/>
+                            <a:ext cx="900" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="leftRightArrowCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 25000"/>
+                              <a:gd name="adj2" fmla="val 25000"/>
+                              <a:gd name="adj3" fmla="val 15625"/>
+                              <a:gd name="adj4" fmla="val 50000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="51" name="AutoShape 23"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8181" y="9004"/>
+                            <a:ext cx="900" cy="900"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="G0" fmla="+- 5400 0 0"/>
+                              <a:gd name="G1" fmla="+- 8100 0 0"/>
+                              <a:gd name="G2" fmla="+- 2700 0 0"/>
+                              <a:gd name="G3" fmla="+- 9450 0 0"/>
+                              <a:gd name="G4" fmla="+- 21600 0 8100"/>
+                              <a:gd name="G5" fmla="+- 21600 0 9450"/>
+                              <a:gd name="G6" fmla="+- 5400 21600 0"/>
+                              <a:gd name="G7" fmla="*/ G6 1 2"/>
+                              <a:gd name="G8" fmla="+- 21600 0 5400"/>
+                              <a:gd name="G9" fmla="+- 21600 0 2700"/>
+                              <a:gd name="T0" fmla="*/ G0 w 21600"/>
+                              <a:gd name="T1" fmla="*/ G0 h 21600"/>
+                              <a:gd name="T2" fmla="*/ G8 w 21600"/>
+                              <a:gd name="T3" fmla="*/ G8 h 21600"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="r" y="vc"/>
+                              </a:cxn>
+                              <a:cxn ang="5400000">
+                                <a:pos x="hc" y="b"/>
+                              </a:cxn>
+                              <a:cxn ang="10800000">
+                                <a:pos x="l" y="vc"/>
+                              </a:cxn>
+                              <a:cxn ang="16200000">
+                                <a:pos x="hc" y="t"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="T0" t="T1" r="T2" b="T3"/>
+                            <a:pathLst>
+                              <a:path w="21600" h="21600">
+                                <a:moveTo>
+                                  <a:pt x="5400" y="5400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9450" y="5400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9450" y="2700"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="8100" y="2700"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10800" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="13500" y="2700"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="12150" y="2700"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="12150" y="5400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16200" y="5400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16200" y="9450"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="18900" y="9450"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="18900" y="8100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21600" y="10800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="18900" y="13500"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="18900" y="12150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16200" y="12150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16200" y="16200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="12150" y="16200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="12150" y="18900"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="13500" y="18900"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10800" y="21600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="8100" y="18900"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9450" y="18900"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9450" y="16200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5400" y="16200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5400" y="12150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2700" y="12150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2700" y="13500"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="10800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2700" y="8100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2700" y="9450"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5400" y="9450"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="52" name="AutoShape 24"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="9441" y="9004"/>
+                            <a:ext cx="720" cy="900"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="G0" fmla="+- 9257 0 0"/>
+                              <a:gd name="G1" fmla="+- 18514 0 0"/>
+                              <a:gd name="G2" fmla="+- 6171 0 0"/>
+                              <a:gd name="G3" fmla="*/ 9257 1 2"/>
+                              <a:gd name="G4" fmla="+- G3 10800 0"/>
+                              <a:gd name="G5" fmla="+- 21600 9257 18514"/>
+                              <a:gd name="G6" fmla="+- 18514 6171 0"/>
+                              <a:gd name="G7" fmla="*/ G6 1 2"/>
+                              <a:gd name="G8" fmla="*/ 18514 2 1"/>
+                              <a:gd name="G9" fmla="+- G8 0 21600"/>
+                              <a:gd name="G10" fmla="+- G5 0 G4"/>
+                              <a:gd name="G11" fmla="+- 9257 0 G4"/>
+                              <a:gd name="G12" fmla="*/ G2 G10 G11"/>
+                              <a:gd name="T0" fmla="*/ 15429 w 21600"/>
+                              <a:gd name="T1" fmla="*/ 0 h 21600"/>
+                              <a:gd name="T2" fmla="*/ 9257 w 21600"/>
+                              <a:gd name="T3" fmla="*/ 6171 h 21600"/>
+                              <a:gd name="T4" fmla="*/ 6171 w 21600"/>
+                              <a:gd name="T5" fmla="*/ 9257 h 21600"/>
+                              <a:gd name="T6" fmla="*/ 0 w 21600"/>
+                              <a:gd name="T7" fmla="*/ 15429 h 21600"/>
+                              <a:gd name="T8" fmla="*/ 6171 w 21600"/>
+                              <a:gd name="T9" fmla="*/ 21600 h 21600"/>
+                              <a:gd name="T10" fmla="*/ 12343 w 21600"/>
+                              <a:gd name="T11" fmla="*/ 18514 h 21600"/>
+                              <a:gd name="T12" fmla="*/ 18514 w 21600"/>
+                              <a:gd name="T13" fmla="*/ 12343 h 21600"/>
+                              <a:gd name="T14" fmla="*/ 21600 w 21600"/>
+                              <a:gd name="T15" fmla="*/ 6171 h 21600"/>
+                              <a:gd name="T16" fmla="*/ 17694720 60000 65536"/>
+                              <a:gd name="T17" fmla="*/ 11796480 60000 65536"/>
+                              <a:gd name="T18" fmla="*/ 17694720 60000 65536"/>
+                              <a:gd name="T19" fmla="*/ 11796480 60000 65536"/>
+                              <a:gd name="T20" fmla="*/ 5898240 60000 65536"/>
+                              <a:gd name="T21" fmla="*/ 5898240 60000 65536"/>
+                              <a:gd name="T22" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T23" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T24" fmla="*/ G12 w 21600"/>
+                              <a:gd name="T25" fmla="*/ G5 h 21600"/>
+                              <a:gd name="T26" fmla="*/ G1 w 21600"/>
+                              <a:gd name="T27" fmla="*/ G1 h 21600"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="T16">
+                                <a:pos x="T0" y="T1"/>
+                              </a:cxn>
+                              <a:cxn ang="T17">
+                                <a:pos x="T2" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="T18">
+                                <a:pos x="T4" y="T5"/>
+                              </a:cxn>
+                              <a:cxn ang="T19">
+                                <a:pos x="T6" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="T20">
+                                <a:pos x="T8" y="T9"/>
+                              </a:cxn>
+                              <a:cxn ang="T21">
+                                <a:pos x="T10" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="T22">
+                                <a:pos x="T12" y="T13"/>
+                              </a:cxn>
+                              <a:cxn ang="T23">
+                                <a:pos x="T14" y="T15"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="T24" t="T25" r="T26" b="T27"/>
+                            <a:pathLst>
+                              <a:path w="21600" h="21600">
+                                <a:moveTo>
+                                  <a:pt x="15429" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9257" y="6171"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="12343" y="6171"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="12343" y="12343"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6171" y="12343"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6171" y="9257"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="15429"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6171" y="21600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6171" y="18514"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="18514" y="18514"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="18514" y="6171"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21600" y="6171"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Grupo 47" o:spid="_x0000_s1037" style="position:absolute;left:0;text-align:left;margin-left:324pt;margin-top:14.15pt;width:117pt;height:120.6pt;z-index:251666432" coordorigin="8181,8104" coordsize="2340,2412" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVa5ngvQcAANckAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm2P2kYQ/l6p/2Hlj60SWGNzgMJF6SVB&#10;ldI2augP8BkDbo3t2uYg/fV9Zta7rA2GI22iNrqLgg1+PDvzzMvOGF683G8S8RAVZZylU0c+7zsi&#10;SsNsEaerqfPb/O2zkSPKKkgXQZKl0dT5GJXOy9tvv3mxyyeRm62zZBEVAkLScrLLp866qvJJr1eG&#10;62gTlM+zPEpxcZkVm6DC22LVWxTBDtI3Sc/t94e9XVYs8iILo7LEp6/VReeW5S+XUVj9slyWUSWS&#10;qQPdKn4t+PWeXnu3L4LJqgjydRzWagSfoMUmiFMsakS9DqpAbIv4SNQmDouszJbV8zDb9LLlMg4j&#10;tgHWyH7LmlmRbXO2ZTXZrXJDE6ht8fTJYsOfH94XIl5MHe/GEWmwgY9mxTbPBN6DnF2+mgAzK/IP&#10;+ftCWYjTd1n4R4nLvfZ1er9SYHG/+ylbQF6wrTImZ78sNiQCZos9++Cj8UG0r0SID6U38sd9uCrE&#10;NekP5NCtvRSu4Uq6byRH0hG4PJJ9T3kwXL+p73cHXn2z60mXrvaCiVqYla2VI8sQceWB1PKfkfph&#10;HeQR+6okwjSpCH9F6pwM/CHbC2UOrQ4YkSqqPT6HscxRqbgVaXa3DtJV9Koost06ChbQT7I51q3K&#10;ipKEXCJ7NBgq0mS/P6pZ05y7clhz5g2alAWTvCirWZRtBJ1MnQIZxXoGD+/KSrGrIeTaMkvixds4&#10;SfhNsbq/SwrxECD73vJf7ZAGLEnFbuqMfddXDHSK6PPfKRGbuEIZSeINgsKAggnx9iZdQM1gUgVx&#10;os4REEnKsVtOiDvFYrW/33MiDGgBIvk+W3wEs0WmqgaqHE7WWfGXI3aoGFOn/HMbFJEjkh9TeGcs&#10;PQq9it94/g0cLQr7yr19JUhDiJo6lSPU6V2lytI2L+LVGiupeEizV0ifZcxcH7Sq1UcAf6lIHutI&#10;Jn042oXLAdmIR0TA5wrg46zX8WvqhQ8H2Bl/FL5lVcR5tPiVGObMOsQyxchqUWdrsPgd2bLcJNgM&#10;EL3Cp6Ai0U2Ma2M8ORxyzUR8cXZw6fk6kuMpFayi7iOxVVG3UoHr5hdKhbHntTfAo1Sg8nM2FZJo&#10;WR3y4C5IkmxrlfZ2qDfSwaV8uJAOHZiBnTLSH6LoH6WVZ2NM6j2l1de9w/gIsaO0Mptx3SxRWH72&#10;HQb7SatDMjsMnTTTKtyqBok0000R7RJojxo5NEPVUBvK988ENqq+wL9W7M9MlgGD7vYkxmw6wLg3&#10;pzEmy4AZe/5JOSbLSA46QALRmm2dfEtvjSOZbdzQwrF9NbiNw5yhePiuJ2ZDIQWXTmtjnaFpNkzp&#10;FUliWxJakiMcMdLCzQ3ztGJf7JS5bZThXqHWp1GGfUKNumQZ/hXKkoUqZmIjWKseOpiE+7SOF5yh&#10;IcSE1+fWJM9KGnkKnnceQtIZEgCi2DJYIocqMn1Y37EO+Zb7jjtkv+6TrVuS84vQJNaxSmWvovSr&#10;zaF5gWZv8gF62jlIRps7B4sYv+ec3VA5qIgJVgWnNA2w2x2x1md0bZM9RPOMURWRwiFBc6CODax8&#10;wCSpjeWAbWE1Qh9zlmqQOpIgVSP0USE5WUjmRSSzzexybHZKlAPsdoy7LNKV1Ic8anUDtYjSpuij&#10;Mol9zFKvgOpi0G3WiOsndL0CqktRp9Q6RCBV0atSQ9ujj7VdRgNF8SOxTNxZLOUE8yWvwfJdZ+Ua&#10;lymPPBLLVp7FmgCTl7FUIlSE0e5Qp7jmVR9bqXBZrMmva6AXCTO14DJfB+hFl3EWUo5d9u4ByhSf&#10;c0IdMEzvOZwReTkVaNMjPS/mlzH+BDJMsjJSClFFVuOrLs1IQ7vTaTzAKf9Pz3meRll7lMVGfNRz&#10;c+/7pUfZ456bH6DRU+B/qeceu/4NWtx2d9joueXIl94pkGn70CwP5Y08hbGbPl7sRGtrN92zgeCd&#10;61il45ZbySPtqA7bzbLddiv1lX5t3BVtN5pWJckV/ITPXs7uudH/9k92yTOJcmRa85kP2OxIcWka&#10;bhpSlHNOoAzz1Eq7AqLxv61Wo8WXvueOuzpzsyjE9YXVmFtGUntqRhTWrGNksD3OrHfIM17Hoozr&#10;kGf8Dhyv2yHP+JyN6BBmO1xR0iHNjFsXtDOuB06NZR0CD94HUuIbmUGnN2x3qJjrkmn7RCE77Ja2&#10;V9TqXTJtvyiLumTanjnnaWm7Rt4Mxx7KmED71Mer7w+GrbScy4ab5M146I3O32C761Er2H6Tj1iB&#10;vrgw4e+PxiPXO6sRvga4Dm+78rxk25XnkbYrZ9LtCjg8bjzoisLUERmu7caZ7JRmOw8wSxr6pcfN&#10;+XOEDM+0atKnSoY9D4Oy6sTaoz4FjA0HlwTnSZp6tNaTgbkcNeCgieD80PUkfNyAgwaC6681jqQj&#10;VGxlEJoEH3fpjkix4VQnCK/K+Sl1XLd5Q20tUryDHXfQvKG2VzYMViu1n1C4wNIjCgoRfkYB4+kh&#10;hcvWf/JTCi69bKceoTqfUWAPZCAVmNpAPWbpYz3OUk29Fsql8KxYXpc8cgWUtqmzQpWPFQvKadoW&#10;fVQ2mcXVXP8oKO8DZ1dXCLZJN0/wvl5ZH/VDAmqvCHvRAYdnDyegT3PUf+nbcf7VB349w+Ns/Usf&#10;+nmO/R7n9u+Rbv8GAAD//wMAUEsDBBQABgAIAAAAIQDcpuI+4QAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAEIXvgv9hGcGb3SS1YY3ZlFLUUxFsBfE2TaZJaHY3ZLdJ+u8dT3qcN4/3vpev&#10;Z9OJkQbfOqshXkQgyJauam2t4fPw+qBA+IC2ws5Z0nAlD+vi9ibHrHKT/aBxH2rBIdZnqKEJoc+k&#10;9GVDBv3C9WT5d3KDwcDnUMtqwInDTSeTKEqlwdZyQ4M9bRsqz/uL0fA24bRZxi/j7nzaXr8Pq/ev&#10;XUxa39/Nm2cQgebwZ4ZffEaHgpmO7mIrLzoN6aPiLUFDopYg2KBUwsKRhfRpBbLI5f8JxQ8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFWuZ4L0HAADXJAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3KbiPuEAAAAKAQAADwAAAAAAAAAAAAAAAAAX&#10;CgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACULAAAAAA==&#10;" o:allowincell="f">
+                <v:shape id="Text Box 20" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:8361;top:10084;width:2160;height:432;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLsq/NwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LagIx&#10;FN0L/kO4QjfSydjKqKNRpNBid62WdnuZ3Hng5GZM0nH6981CcHk4781uMK3oyfnGsoJZkoIgLqxu&#10;uFLwdXp9XILwAVlja5kU/JGH3XY82mCu7ZU/qT+GSsQQ9jkqqEPocil9UZNBn9iOOHKldQZDhK6S&#10;2uE1hptWPqVpJg02HBtq7OilpuJ8/DUKlvND/+Pfnz++i6xsV2G66N8uTqmHybBfgwg0hLv45j5o&#10;BfM4Nn6JP0Bu/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCLsq/NwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B70A5E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>Flechas d</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>e bloque</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t93" coordsize="21600,21600" o:spt="93" adj="16200,5400" path="m@0,l@0@1,3375@1,3375@2@0@2@0,21600,21600,10800xem1350@1l1350@2,2700@2,2700@1xem0@1l0@2,675@2,675@1xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                    <v:f eqn="sum height 0 #1"/>
+                    <v:f eqn="sum 10800 0 #1"/>
+                    <v:f eqn="sum width 0 #0"/>
+                    <v:f eqn="prod @4 @3 10800"/>
+                    <v:f eqn="sum width 0 @5"/>
+                  </v:formulas>
+                  <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="3375,@1,@6,@2"/>
+                  <v:handles>
+                    <v:h position="#0,#1" xrange="3375,21600" yrange="0,10800"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 21" o:spid="_x0000_s1039" type="#_x0000_t93" style="position:absolute;left:8181;top:8104;width:900;height:540;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdxN5owQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaLqyiFajiLBFDyJWweujebbF5qU0Ueu/NwuCx2FmvmEWq9ZU4kGNKy0r+BlFIIgz&#10;q0vOFZxPf8MpCOeRNVaWScGLHKyW3c4CY22ffKRH6nMRIOxiVFB4X8dSuqwgg25ka+LgXW1j0AfZ&#10;5FI3+AxwU8lxFE2kwZLDQoE1bQrKbundKJA0uRiufXLGe3KLkst1P9gdlOr32vUchKfWf8Of9lYr&#10;+J3B/5fwA+TyDQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF3E3mjBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;"/>
+                <v:shapetype id="_x0000_t81" coordsize="21600,21600" o:spt="81" adj="5400,5400,2700,8100" path="m@0,l@0@3@2@3@2@1,,10800@2@4@2@5@0@5@0,21600@8,21600@8@5@9@5@9@4,21600,10800@9@1@9@3@8@3@8,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                    <v:f eqn="val #2"/>
+                    <v:f eqn="val #3"/>
+                    <v:f eqn="sum 21600 0 #1"/>
+                    <v:f eqn="sum 21600 0 #3"/>
+                    <v:f eqn="sum #0 21600 0"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="sum 21600 0 #0"/>
+                    <v:f eqn="sum 21600 0 #2"/>
+                  </v:formulas>
+                  <v:path o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="@0,0,@8,21600"/>
+                  <v:handles>
+                    <v:h position="#0,topLeft" xrange="@2,10800"/>
+                    <v:h position="topLeft,#1" yrange="0,@3"/>
+                    <v:h position="#2,#3" xrange="0,@0" yrange="@1,10800"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 22" o:spid="_x0000_s1040" type="#_x0000_t81" style="position:absolute;left:9441;top:8104;width:900;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBMr8LzvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X+h/CCL3VrELFrkaRSqk9+ii9TjfjZjGZLJuo67/vHASPH997vuyDVxfqUhPZwGhYgCKuom24&#10;NnDYf75OQaWMbNFHJgM3SrBcPD/NsbTxylu67HKtJIRTiQZczm2pdaocBUzD2BILd4xdwCywq7Xt&#10;8CrhwetxUUx0wIalwWFLH46q0+4cpHf09e62/vRzxj+/ptW4Pf6uv415GfSrGahMfX6I7+6NNfAm&#10;6+WL/AC9+AcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMr8LzvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;"/>
+                <v:shape id="AutoShape 23" o:spid="_x0000_s1041" style="position:absolute;left:8181;top:9004;width:900;height:900;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtsQcWxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEIvpSYqit0aRQsFLyK7Cu3xdfO6Wbp5WTaprv/eCIUeh5n5hlmue9eIM3Wh9qxhPFIg&#10;iEtvaq40nI7vzwsQISIbbDyThisFWK8GD0vMjL9wTuciViJBOGSowcbYZlKG0pLDMPItcfK+fecw&#10;JtlV0nR4SXDXyIlSc+mw5rRgsaU3S+VP8es0POUnDGaff1TT7WHy9fKp5rZXWj8O+80riEh9/A//&#10;tXdGw2wM9y/pB8jVDQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK2xBxbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m5400,5400r4050,l9450,2700r-1350,l10800,r2700,2700l12150,2700r,2700l16200,5400r,4050l18900,9450r,-1350l21600,10800r-2700,2700l18900,12150r-2700,l16200,16200r-4050,l12150,18900r1350,l10800,21600,8100,18900r1350,l9450,16200r-4050,l5400,12150r-2700,l2700,13500,,10800,2700,8100r,1350l5400,9450r,-4050xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path o:connecttype="custom" o:connectlocs="900,450;450,900;0,450;450,0" o:connectangles="0,90,180,270" textboxrect="5400,5400,16200,16200"/>
+                </v:shape>
+                <v:shape id="AutoShape 24" o:spid="_x0000_s1042" style="position:absolute;left:9441;top:9004;width:720;height:900;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdY5lhxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIVeiiZuqehqFC0UepGyVtDjc/PcLN28LJtUt/++EYQeh5n5hlmseteIC3Wh9qxhPFIg&#10;iEtvaq407L/eh1MQISIbbDyThl8KsFoOHhaYG3/lgi67WIkE4ZCjBhtjm0sZSksOw8i3xMk7+85h&#10;TLKrpOnwmuCukZlSE+mw5rRgsaU3S+X37sdpeC72GMy2OFQvm8/sNDuqie2V1k+P/XoOIlIf/8P3&#10;9ofR8JrB7Uv6AXL5BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF1jmWHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m15429,l9257,6171r3086,l12343,12343r-6172,l6171,9257,,15429r6171,6171l6171,18514r12343,l18514,6171r3086,l15429,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path o:connecttype="custom" o:connectlocs="514,0;309,257;206,386;0,643;206,900;411,771;617,514;720,257" o:connectangles="270,180,270,180,90,90,0,0" textboxrect="3090,12336,18510,18504"/>
+                </v:shape>
+                <w10:wrap type="square" side="right"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>175260</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1485900" cy="1760220"/>
+                <wp:effectExtent l="32385" t="30480" r="5715" b="9525"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="41" name="Grupo 41"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1485900" cy="1760220"/>
+                          <a:chOff x="2241" y="11164"/>
+                          <a:chExt cx="2340" cy="2772"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="42" name="Text Box 26"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2421" y="13504"/>
+                            <a:ext cx="2160" cy="432"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>Cintas y estrellas</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="43" name="AutoShape 27"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2241" y="11164"/>
+                            <a:ext cx="900" cy="900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="star4">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 12500"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="44" name="AutoShape 28"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2241" y="12424"/>
+                            <a:ext cx="900" cy="900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="irregularSeal1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="45" name="AutoShape 29"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3501" y="11164"/>
+                            <a:ext cx="720" cy="900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="verticalScroll">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 12500"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="46" name="AutoShape 30"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3501" y="12424"/>
+                            <a:ext cx="900" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="doubleWave">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 6500"/>
+                              <a:gd name="adj2" fmla="val 0"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Grupo 41" o:spid="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:27pt;margin-top:13.8pt;width:117pt;height:138.6pt;z-index:251667456" coordorigin="2241,11164" coordsize="2340,2772" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjGxSNkwMAACQRAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu1DAQfUfiHyy/02y82d02aoqgtBVS&#10;gUot4tmbOInBsYPt3Wz5esZ2spe2tFwECNQ8RHbsTGbOHI+Pc/h81Qi0ZNpwJTMc740wYjJXBZdV&#10;ht9fnT7bx8hYKgsqlGQZvmYGPz96+uSwa1NGVK1EwTQCI9KkXZvh2to2jSKT16yhZk+1TMJgqXRD&#10;LXR1FRWadmC9EREZjaZRp3TRapUzY+DpqzCIj7z9smS5fVeWhlkkMgy+WX/X/j539+jokKaVpm3N&#10;894N+hNeNJRL+Oja1CtqKVpofstUw3OtjCrtXq6aSJUlz5mPAaKJRzeiOdNq0fpYqrSr2jVMAO0N&#10;nH7abP52eaERLzKcxBhJ2kCOzvSiVQj6AE7XVinMOdPtZXuhQ4TQPFf5JwPD0c1x16/CZDTv3qgC&#10;7NGFVR6cVakbZwLCRiufg+t1DtjKohwexsn+5GAEqcphLJ5NR4T0WcprSKV7jxDnqxuO42kSUpjX&#10;J70BMk76t8lsRtxoRNPwZe9t750LDShnNqiaX0P1sqYt88kyDrEBVTKgeuUifKlWiEwDsH6aQxXZ&#10;FTyHcDxIJoCLpDquqazYC61VVzNagH8+JRDF+tUQhXFGHkKbJKRHbTwZ9agNoJN42mOWjHcho2mr&#10;jT1jqkGukWENS8r7SZfnxgZ0hykut0YJXpxyIXxHV/NjodGSwvI79VefkJ1pQqIuwwcTMgkIfNPE&#10;yF93mWi4hToieJPh/fUkmjrcTmQBbtLUUi5CGwghpCevSR12AUW7mq/CShjyM1fFNSCrVSgbUOag&#10;USv9BaMOSkaGzecF1Qwj8VpCdg7ixFHP+k4ymQFxkd4emW+PUJmDqQxbjELz2Ia6tGg1r2r4UuCD&#10;VC9g/ZTcY+1SH7zq3QcC/ykmjwcmO3882xGZDVAB44cC8dsIfMeyHwi8rhiusb3kb/EXNiOdbAjs&#10;iFEVfeGjxUeMykbADgCMRTGZrK15tvtS8n+Q/ZHa20U6uYPa+3+F2lClb9Tm76c215pVC0H1JaMi&#10;FI//rkg/8nabt5M7eHvwB3kLSuKWEhtKst/+nIh7sCS7fZXnVFyCNBbiH6/NINl7vfEj2uOR1tu0&#10;nt6m9dhv6zvKF7Tmb5LKG1rfU44dv+9VGoVazAX7QJfuVEDTXkHsyg1YPRu9Me3lxu4UOEBspgyf&#10;fJQjf0dp+xMkHMW9Eux/G7iz/nbfK/PNz42jrwAAAP//AwBQSwMEFAAGAAgAAAAhANqRMGPhAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm+NbOenxrUcQmh7CoUmhdKbYm1s&#10;E2tlLMV23r7bU3OcnWXmm3w92VYM2PvGkYJ4FoFAKp1pqFLwdXh7SkH4oMno1hEquKKHdXF/l+vM&#10;uJE+cdiHSnAI+UwrqEPoMil9WaPVfuY6JPZOrrc6sOwraXo9crhtZRJFK2l1Q9xQ6w63NZbn/cUq&#10;eB/1uJnHr8PufNpefw7Lj+9djEo9PkybFxABp/D/DH/4jA4FMx3dhYwXrYLlgqcEBcnzCgT7SZry&#10;4ahgHi1SkEUubxcUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCjGxSNkwMAACQRAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDakTBj4QAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAO0FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+wYAAAAA&#10;" o:allowincell="f">
+                <v:shape id="Text Box 26" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;left:2421;top:13504;width:2160;height:432;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDqWpgnxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heUIvUjdasTZmI6XQYm/+w14f2WcSzL6Nu9uYfvtuoeBxmJnfMNm6N43oyPnasoLpJAFB&#10;XFhdc6ngeHh/XILwAVljY5kU/JCHdT4cZJhqe+MddftQighhn6KCKoQ2ldIXFRn0E9sSR+9sncEQ&#10;pSuldniLcNPIWZIspMGa40KFLb1VVFz230bBcr7pvvzn0/ZULM7NSxg/dx9Xp9TDqH9dgQjUh3v4&#10;v73RCuYz+PsSf4DMfwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDqWpgnxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>Cintas y estrellas</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t187" coordsize="21600,21600" o:spt="187" adj="8100" path="m21600,10800l@2@3,10800,0@3@3,,10800@3@2,10800,21600@2@2xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="sum 10800 0 #0"/>
+                    <v:f eqn="prod @0 23170 32768"/>
+                    <v:f eqn="sum @1 10800 0"/>
+                    <v:f eqn="sum 10800 0 @1"/>
+                  </v:formulas>
+                  <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="@3,@3,@2,@2"/>
+                  <v:handles>
+                    <v:h position="#0,center" xrange="0,10800"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 27" o:spid="_x0000_s1045" type="#_x0000_t187" style="position:absolute;left:2241;top:11164;width:900;height:900;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDib9GSxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9iG5apdg0q4igeKgHbYUeH9mXbNrs25BdTeyvdwWhx2FmvmGyRW9rcabWV44VPI8T&#10;EMS50xWXCr4+16MZCB+QNdaOScGFPCzmD4MMU+063tP5EEoRIexTVGBCaFIpfW7Ioh+7hjh6hWst&#10;hijbUuoWuwi3tXxJkldpseK4YLChlaH893CyCj5+/t5Mt/HHftnNatx/n3aFGSr19Ngv30EE6sN/&#10;+N7eagXTCdy+xB8g51cAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4m/RksYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;"/>
+                <v:shapetype id="_x0000_t71" coordsize="21600,21600" o:spt="71" path="m10800,5800l8352,2295,7312,6320,370,2295,4627,7617,,8615r3722,3160l135,14587r5532,-650l4762,17617,7715,15627r770,5973l10532,14935r2715,4802l14020,14457r4125,3638l16837,12942r4763,348l17607,10475,21097,8137,16702,7315,18380,4457r-4225,868l14522,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="14522,0;0,8615;8485,21600;21600,13290" o:connectangles="270,180,90,0" textboxrect="4627,6320,16702,13937"/>
+                </v:shapetype>
+                <v:shape id="AutoShape 28" o:spid="_x0000_s1046" type="#_x0000_t71" style="position:absolute;left:2241;top:12424;width:900;height:900;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDKkPL/xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sYQg6SuIoIgtGCqHurtkX0mwezbkF2T+O+7hUKPw8x8w6w2o2lET52rLSuYzyIQ&#10;xIXVNZcKLuf92xKE88gaG8uk4EkONuvJywozbQf+ov7kSxEg7DJUUHnfZlK6oiKDbmZb4uDdbGfQ&#10;B9mVUnc4BLhpZBxFqTRYc1iosKVdRcX99DAKPnKieH9Mj9f4msvkm3afi8VTqdfpuH0H4Wn0/+G/&#10;9kErSBL4/RJ+gFz/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMqQ8v/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:shapetype id="_x0000_t97" coordsize="21600,21600" o:spt="97" adj="2700" path="m@5,qx@1@2l@1@0@2@0qx0@7@2,21600l@9,21600qx@10@7l@10@1@11@1qx21600@2@11,xem@5,nfqx@6@2@5@1@4@3@5@2l@6@2em@5@1nfl@10@1em@2,21600nfqx@1@7l@1@0em@2@0nfqx@3@8@2@7l@1@7e">
+                  <v:formulas>
+                    <v:f eqn="sum height 0 #0"/>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="prod @1 1 2"/>
+                    <v:f eqn="prod @1 3 4"/>
+                    <v:f eqn="prod @1 5 4"/>
+                    <v:f eqn="prod @1 3 2"/>
+                    <v:f eqn="prod @1 2 1"/>
+                    <v:f eqn="sum height 0 @2"/>
+                    <v:f eqn="sum height 0 @3"/>
+                    <v:f eqn="sum width 0 @5"/>
+                    <v:f eqn="sum width 0 @1"/>
+                    <v:f eqn="sum width 0 @2"/>
+                    <v:f eqn="val height"/>
+                    <v:f eqn="prod height 1 2"/>
+                    <v:f eqn="prod width 1 2"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" limo="10800,10800" o:connecttype="custom" o:connectlocs="@14,0;@1,@13;@14,@12;@10,@13" o:connectangles="270,180,90,0" textboxrect="@1,@1,@10,@7"/>
+                  <v:handles>
+                    <v:h position="topLeft,#0" yrange="0,5400"/>
+                  </v:handles>
+                  <o:complex v:ext="view"/>
+                </v:shapetype>
+                <v:shape id="AutoShape 29" o:spid="_x0000_s1047" type="#_x0000_t97" style="position:absolute;left:3501;top:11164;width:720;height:900;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB27CQ5wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8IS9aVpRWapRZNFdr/5hvT6aZ1NsXmoTbf32G0HwOMzMb5j5srOVuFPjS8cK0mECgjh3&#10;uuRCwfGwGXyB8AFZY+WYFDzIw3Lx0Ztjpl3LO7rvQyEihH2GCkwIdSalzw1Z9ENXE0fv7BqLIcqm&#10;kLrBNsJtJUdJMpUWS44LBmv6NpRf9jerILml6ePH1KdyM76uV+fw1/5uR0p99rvVDESgLrzDr/ZW&#10;KxhP4Pkl/gC5+AcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB27CQ5wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;"/>
+                <v:shapetype id="_x0000_t188" coordsize="21600,21600" o:spt="188" adj="1404,10800" path="m@43@0c@42@1@41@3@40@0@39@1@38@3@37@0l@30@4c@31@5@32@6@33@4@34@5@35@6@36@4xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="prod @0 41 9"/>
+                    <v:f eqn="prod @0 23 9"/>
+                    <v:f eqn="sum 0 0 @2"/>
+                    <v:f eqn="sum 21600 0 #0"/>
+                    <v:f eqn="sum 21600 0 @1"/>
+                    <v:f eqn="sum 21600 0 @3"/>
+                    <v:f eqn="sum #1 0 10800"/>
+                    <v:f eqn="sum 21600 0 #1"/>
+                    <v:f eqn="prod @8 1 3"/>
+                    <v:f eqn="prod @8 2 3"/>
+                    <v:f eqn="prod @8 4 3"/>
+                    <v:f eqn="prod @8 5 3"/>
+                    <v:f eqn="prod @8 2 1"/>
+                    <v:f eqn="sum 21600 0 @9"/>
+                    <v:f eqn="sum 21600 0 @10"/>
+                    <v:f eqn="sum 21600 0 @8"/>
+                    <v:f eqn="sum 21600 0 @11"/>
+                    <v:f eqn="sum 21600 0 @12"/>
+                    <v:f eqn="sum 21600 0 @13"/>
+                    <v:f eqn="prod #1 1 3"/>
+                    <v:f eqn="prod #1 2 3"/>
+                    <v:f eqn="prod #1 4 3"/>
+                    <v:f eqn="prod #1 5 3"/>
+                    <v:f eqn="prod #1 2 1"/>
+                    <v:f eqn="sum 21600 0 @20"/>
+                    <v:f eqn="sum 21600 0 @21"/>
+                    <v:f eqn="sum 21600 0 @22"/>
+                    <v:f eqn="sum 21600 0 @23"/>
+                    <v:f eqn="sum 21600 0 @24"/>
+                    <v:f eqn="if @7 @19 0"/>
+                    <v:f eqn="if @7 @18 @20"/>
+                    <v:f eqn="if @7 @17 @21"/>
+                    <v:f eqn="if @7 @16 #1"/>
+                    <v:f eqn="if @7 @15 @22"/>
+                    <v:f eqn="if @7 @14 @23"/>
+                    <v:f eqn="if @7 21600 @24"/>
+                    <v:f eqn="if @7 0 @29"/>
+                    <v:f eqn="if @7 @9 @28"/>
+                    <v:f eqn="if @7 @10 @27"/>
+                    <v:f eqn="if @7 @8 @8"/>
+                    <v:f eqn="if @7 @11 @26"/>
+                    <v:f eqn="if @7 @12 @25"/>
+                    <v:f eqn="if @7 @13 21600"/>
+                    <v:f eqn="sum @36 0 @30"/>
+                    <v:f eqn="sum @4 0 @0"/>
+                    <v:f eqn="max @30 @37"/>
+                    <v:f eqn="min @36 @43"/>
+                    <v:f eqn="prod @0 2 1"/>
+                    <v:f eqn="sum 21600 0 @48"/>
+                    <v:f eqn="mid @36 @43"/>
+                    <v:f eqn="mid @30 @37"/>
+                  </v:formulas>
+                  <v:path o:connecttype="custom" o:connectlocs="@40,@0;@51,10800;@33,@4;@50,10800" o:connectangles="270,180,90,0" textboxrect="@46,@48,@47,@49"/>
+                  <v:handles>
+                    <v:h position="topLeft,#0" yrange="0,2229"/>
+                    <v:h position="#1,bottomRight" xrange="8640,12960"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 30" o:spid="_x0000_s1048" type="#_x0000_t188" style="position:absolute;left:3501;top:12424;width:900;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPIWr1wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHMEbWVNF/KlGkYogsojr7gMcmmNbbU5KE7W+vVkQvBxm5htmsWpMKe5Uu8KygkE/AkGc&#10;Wl1wpuDvd/s1BeE8ssbSMil4koPVst1aYKztg3/ofvKZCBB2MSrIva9iKV2ak0HXtxVx8M62NuiD&#10;rDOpa3wEuCnlMIrG0mDBYSHHipKc0uvpZhQkEd4234NLaffTQ2+00cfJLFkr1e006zkIT43/hN/t&#10;nVYwGsP/l/AD5PIFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADyFq9cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
+                <w10:wrap type="square" side="right"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2319300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>106200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2286000" cy="1645920"/>
+                <wp:effectExtent l="203835" t="8890" r="5715" b="12065"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="35" name="Grupo 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2286000" cy="1645920"/>
+                          <a:chOff x="6021" y="11344"/>
+                          <a:chExt cx="3600" cy="2592"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="36" name="AutoShape 32"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="6309" y="11344"/>
+                            <a:ext cx="1008" cy="576"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="wedgeRectCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -44644"/>
+                              <a:gd name="adj2" fmla="val 69968"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:sz w:val="16"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00B70A5E">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:sz w:val="16"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>LLAMADA</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="45720" rIns="0" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="37" name="AutoShape 33"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="6021" y="12208"/>
+                            <a:ext cx="1584" cy="576"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="cloudCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -66981"/>
+                              <a:gd name="adj2" fmla="val 98611"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:ind w:right="-49"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00B70A5E">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:sz w:val="16"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>LLAMADA</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="38" name="Text Box 34"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="6921" y="13504"/>
+                            <a:ext cx="1440" cy="432"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>Llamadas</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="39" name="AutoShape 35"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8001" y="11344"/>
+                            <a:ext cx="1440" cy="540"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="wedgeRoundRectCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -43750"/>
+                              <a:gd name="adj2" fmla="val 70000"/>
+                              <a:gd name="adj3" fmla="val 16667"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00B70A5E">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>LLAMADA</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="40" name="AutoShape 36"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8181" y="12244"/>
+                            <a:ext cx="1440" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="accentBorderCallout2">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 25000"/>
+                              <a:gd name="adj2" fmla="val -8333"/>
+                              <a:gd name="adj3" fmla="val 25000"/>
+                              <a:gd name="adj4" fmla="val -19722"/>
+                              <a:gd name="adj5" fmla="val 89583"/>
+                              <a:gd name="adj6" fmla="val -31250"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00B70A5E">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>LLAMADA</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Grupo 35" o:spid="_x0000_s1049" style="position:absolute;left:0;text-align:left;margin-left:182.6pt;margin-top:8.35pt;width:180pt;height:129.6pt;z-index:251668480" coordorigin="6021,11344" coordsize="3600,2592" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtSNdxRQQAAMgSAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu3DYQfS/QfyD4bq/uKwmWg8SJjQJp&#10;GzTpB3Al6tJKokpyrXW+vsOLtJLXbhO3CZIg+7AQxeGQnJkzc0YXzw5di24pFw3rM+yeOxjRPmdF&#10;01cZ/v3d9VmMkZCkL0jLeprhOyrws8sff7gYh5R6rGZtQTkCJb1IxyHDtZRDutmIvKYdEedsoD1M&#10;lox3RMKQV5uCkxG0d+3Gc5xoMzJeDJzlVAh4+9JM4kutvyxpLn8tS0ElajMMZ5P6n+v/nfrfXF6Q&#10;tOJkqJvcHoM84RQdaXrYdFb1kkiC9rw5UdU1OWeClfI8Z92GlWWTU30HuI3r3LvNDWf7Qd+lSsdq&#10;mM0Epr1npyerzX+5fcNRU2TYDzHqSQc+uuH7gSEYg3HGoUpB5oYPb4c33NwQHl+z/E8B05v782pc&#10;GWG0G39mBegje8m0cQ4l75QKuDY6aB/czT6gB4lyeOl5ceQ44Koc5twoCBPPeimvwZVqXeR4LkZq&#10;2vWDwLgwr19ZBT4sN6s9WKtmNyQ1O+vT2tOpq0HIiaNVxX+z6tuaDFQ7SyiLTVaNJqs+BytoGeTr&#10;U6ntQW4yqzA2RT27qklf0eecs7GmpIBjufoWqwVqIMAj/2rkyHeS+8aabO06DsBTGTrcRitLkXTg&#10;Qt5Q1iH1kOGRFhX9DeB0RdqW7aX2J7l9LaSOicKGDin+ANeUXQsguiUtOguCaHJRtRDylkJRkkSx&#10;3d6qBJdNB1D6BWub4rppWz3g1e6q5Qj0Z/ha/+zilVjbozHDSeiF+qyrObFUAdGmAs4EykqsayQk&#10;p7bpMhzPQiRVXnnVF7CApJI0rXmGI7e9RoTxjAkwedgdNLwsmkS6Y8Ud+I0zk4sgd8JDzfh7jEbI&#10;QxkWf+0Jpxi1P/XgexXOKnHpQRBuAQ2I6wE87JZvSZ+DmgxLjMzjlTSJbj/wpqphF1dbomcqFMtG&#10;GvxOJ7JHB0R8LmhsH4CGr/ywinTw/qeCxpxHPA+AoP05QyOMgw+ERg54KD4SFlGUxBrVUDEeg0US&#10;R65BPkm/KFhAVbLR/yQk6EyjXPyRSEjcIHgYCXbm60YDZGJTft+pGHzBDsjXtW0BBiQP8H7C8SeD&#10;RTKVVz90bHmdYaFdoCpGYKrYXFuPCdtWDA7F4lglVK45inwjOX07JavvkbykPMA3TCQvKM9c/j4D&#10;5YFafcIPTwM4hGRionKipRPjWFEeleuewnv8bTh1F48l+O3EO9ZFwF9yIzeKIh1mgJ4vqgj8n9xI&#10;197vFWHiPbZ1UMXuBEdz8TzFkQrmRbEwNOqDeoTYBTKiGyrPm9j6KWAU9fxHwJA8p718AQ055ZYP&#10;eccKoHL+kuus+gQvtBR8LbNqE85i39f0cC2zgssjeoDKLXoSN9l6ugVbK4L+9ygUJ2H8wGbQzR1l&#10;znwX9rM2+WbBmXxtRU53+fC5RDMO+2lHfY9ZjjVUjh+gLv8GAAD//wMAUEsDBBQABgAIAAAAIQDA&#10;c2V74AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BaoNAEIbvhb7DMoXemlWD2lrXEELbUyg0&#10;KZTeJjpRibsr7kbN23dyao4z/8c/3+SrWXdipMG11igIFwEIMqWtWlMr+N6/Pz2DcB5NhZ01pOBC&#10;DlbF/V2OWWUn80XjzteCS4zLUEHjfZ9J6cqGNLqF7clwdrSDRs/jUMtqwInLdSejIEikxtbwhQZ7&#10;2jRUnnZnreBjwmm9DN/G7em4ufzu48+fbUhKPT7M61cQnmb/D8NVn9WhYKeDPZvKiU7BMokjRjlI&#10;UhAMpNF1cVAQpfELyCKXty8UfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCtSNdxRQQA&#10;AMgSAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDAc2V7&#10;4AAAAAoBAAAPAAAAAAAAAAAAAAAAAJ8GAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;rAcAAAAA&#10;" o:allowincell="f">
+                <v:shapetype id="_x0000_t61" coordsize="21600,21600" o:spt="61" adj="1350,25920" path="m,l0@8@12@24,0@9,,21600@6,21600@15@27@7,21600,21600,21600,21600@9@18@30,21600@8,21600,0@7,0@21@33@6,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="sum 10800 0 #0"/>
+                    <v:f eqn="sum 10800 0 #1"/>
+                    <v:f eqn="sum #0 0 #1"/>
+                    <v:f eqn="sum @0 @1 0"/>
+                    <v:f eqn="sum 21600 0 #0"/>
+                    <v:f eqn="sum 21600 0 #1"/>
+                    <v:f eqn="if @0 3600 12600"/>
+                    <v:f eqn="if @0 9000 18000"/>
+                    <v:f eqn="if @1 3600 12600"/>
+                    <v:f eqn="if @1 9000 18000"/>
+                    <v:f eqn="if @2 0 #0"/>
+                    <v:f eqn="if @3 @10 0"/>
+                    <v:f eqn="if #0 0 @11"/>
+                    <v:f eqn="if @2 @6 #0"/>
+                    <v:f eqn="if @3 @6 @13"/>
+                    <v:f eqn="if @5 @6 @14"/>
+                    <v:f eqn="if @2 #0 21600"/>
+                    <v:f eqn="if @3 21600 @16"/>
+                    <v:f eqn="if @4 21600 @17"/>
+                    <v:f eqn="if @2 #0 @6"/>
+                    <v:f eqn="if @3 @19 @6"/>
+                    <v:f eqn="if #1 @6 @20"/>
+                    <v:f eqn="if @2 @8 #1"/>
+                    <v:f eqn="if @3 @22 @8"/>
+                    <v:f eqn="if #0 @8 @23"/>
+                    <v:f eqn="if @2 21600 #1"/>
+                    <v:f eqn="if @3 21600 @25"/>
+                    <v:f eqn="if @5 21600 @26"/>
+                    <v:f eqn="if @2 #1 @8"/>
+                    <v:f eqn="if @3 @8 @28"/>
+                    <v:f eqn="if @4 @8 @29"/>
+                    <v:f eqn="if @2 #1 0"/>
+                    <v:f eqn="if @3 @31 0"/>
+                    <v:f eqn="if #1 0 @32"/>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                  </v:formulas>
+                  <v:path o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;21600,10800;@34,@35"/>
+                  <v:handles>
+                    <v:h position="#0,#1"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 32" o:spid="_x0000_s1050" type="#_x0000_t61" style="position:absolute;left:6309;top:11344;width:1008;height:576;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwfTMLxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvdWMLItE1BEVoKRSa1kNuz+wziWbfprtbTf99Vyh4HGbmG2aVDaYTF3K+taxgNk1A&#10;EFdWt1wr+PrcPS5A+ICssbNMCn7JQ7Yej1aYanvlD7oUoRYRwj5FBU0IfSqlrxoy6Ke2J47e0TqD&#10;IUpXS+3wGuGmk09JMpcGW44LDfa0aag6Fz9GwUke3v3Wd277XZZveSXLw754VephMuRLEIGGcA//&#10;t1+0guc53L7EHyDXfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwfTMLxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" adj="1157,25913">
+                  <v:textbox inset="1mm,,0">
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:sz w:val="16"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B70A5E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:sz w:val="16"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>LLAMADA</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t106" coordsize="21600,21600" o:spt="106" adj="1350,25920" path="ar,7165,4345,13110,1950,7185,1080,12690,475,11732,4835,17650,1080,12690,2910,17640,2387,9757,10107,20300,2910,17640,8235,19545,7660,12382,14412,21597,8235,19545,14280,18330,12910,11080,18695,18947,14280,18330,18690,15045,14822,5862,21597,15082,18690,15045,20895,7665,15772,2592,21105,9865,20895,7665,19140,2715,14330,,19187,6595,19140,2715,14910,1170,10992,,15357,5945,14910,1170,11250,1665,6692,650,12025,7917,11250,1665,7005,2580,1912,1972,8665,11162,7005,2580,1950,7185xear,7165,4345,13110,1080,12690,2340,13080nfear475,11732,4835,17650,2910,17640,3465,17445nfear7660,12382,14412,21597,7905,18675,8235,19545nfear7660,12382,14412,21597,14280,18330,14400,17370nfear12910,11080,18695,18947,18690,15045,17070,11475nfear15772,2592,21105,9865,20175,9015,20895,7665nfear14330,,19187,6595,19200,3345,19140,2715nfear14330,,19187,6595,14910,1170,14550,1980nfear10992,,15357,5945,11250,1665,11040,2340nfear1912,1972,8665,11162,7650,3270,7005,2580nfear1912,1972,8665,11162,1950,7185,2070,7890nfem@23@37qx@35@24@23@36@34@24@23@37xem@16@33qx@31@17@16@32@30@17@16@33xem@38@29qx@27@39@38@28@26@39@38@29xe">
+                  <v:formulas>
+                    <v:f eqn="sum #0 0 10800"/>
+                    <v:f eqn="sum #1 0 10800"/>
+                    <v:f eqn="cosatan2 10800 @0 @1"/>
+                    <v:f eqn="sinatan2 10800 @0 @1"/>
+                    <v:f eqn="sum @2 10800 0"/>
+                    <v:f eqn="sum @3 10800 0"/>
+                    <v:f eqn="sum @4 0 #0"/>
+                    <v:f eqn="sum @5 0 #1"/>
+                    <v:f eqn="mod @6 @7 0"/>
+                    <v:f eqn="prod 600 11 1"/>
+                    <v:f eqn="sum @8 0 @9"/>
+                    <v:f eqn="prod @10 1 3"/>
+                    <v:f eqn="prod 600 3 1"/>
+                    <v:f eqn="sum @11 @12 0"/>
+                    <v:f eqn="prod @13 @6 @8"/>
+                    <v:f eqn="prod @13 @7 @8"/>
+                    <v:f eqn="sum @14 #0 0"/>
+                    <v:f eqn="sum @15 #1 0"/>
+                    <v:f eqn="prod 600 8 1"/>
+                    <v:f eqn="prod @11 2 1"/>
+                    <v:f eqn="sum @18 @19 0"/>
+                    <v:f eqn="prod @20 @6 @8"/>
+                    <v:f eqn="prod @20 @7 @8"/>
+                    <v:f eqn="sum @21 #0 0"/>
+                    <v:f eqn="sum @22 #1 0"/>
+                    <v:f eqn="prod 600 2 1"/>
+                    <v:f eqn="sum #0 600 0"/>
+                    <v:f eqn="sum #0 0 600"/>
+                    <v:f eqn="sum #1 600 0"/>
+                    <v:f eqn="sum #1 0 600"/>
+                    <v:f eqn="sum @16 @25 0"/>
+                    <v:f eqn="sum @16 0 @25"/>
+                    <v:f eqn="sum @17 @25 0"/>
+                    <v:f eqn="sum @17 0 @25"/>
+                    <v:f eqn="sum @23 @12 0"/>
+                    <v:f eqn="sum @23 0 @12"/>
+                    <v:f eqn="sum @24 @12 0"/>
+                    <v:f eqn="sum @24 0 @12"/>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="67,10800;10800,21577;21582,10800;10800,1235;@38,@39" textboxrect="2977,3262,17087,17337"/>
+                  <v:handles>
+                    <v:h position="#0,#1"/>
+                  </v:handles>
+                  <o:complex v:ext="view"/>
+                </v:shapetype>
+                <v:shape id="AutoShape 33" o:spid="_x0000_s1051" type="#_x0000_t106" style="position:absolute;left:6021;top:12208;width:1584;height:576;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCoR1vTwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaKorKtUoIix42IvRH/Bonk2xeSlNarv/frOwsMdhZr5hDqfB1eJNbag8K1guMhDE&#10;hTcVlwoe98/5DkSIyAZrz6TgmwKcjuPRAXPje77RW8dSJAiHHBXYGJtcylBYchgWviFO3tO3DmOS&#10;bSlNi32Cu1qusmwjHVacFiw2dLFUvHTnFOjhq+ieZ6ntNdvp5W09s+u+U2o6Gc57EJGG+B/+a1+N&#10;go8t/H5JP0AefwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoR1vTwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="-3668,32100">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:ind w:right="-49"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B70A5E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:sz w:val="16"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>LLAMADA</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Text Box 34" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;left:6921;top:13504;width:1440;height:432;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDTtNywwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LagIx&#10;FN0L/kO4QjfSyVjLqKNRSqHF7nyUdnuZ3Hng5GaapOP075uF4PJw3pvdYFrRk/ONZQWzJAVBXFjd&#10;cKXg8/z2uAThA7LG1jIp+CMPu+14tMFc2ysfqT+FSsQQ9jkqqEPocil9UZNBn9iOOHKldQZDhK6S&#10;2uE1hptWPqVpJg02HBtq7Oi1puJy+jUKls/7/tt/zA9fRVa2qzBd9O8/TqmHyfCyBhFoCHfxzb3X&#10;CuZxbPwSf4Dc/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTtNywwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>Llamadas</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t62" coordsize="21600,21600" o:spt="62" adj="1350,25920" path="m3600,qx,3600l0@8@12@24,0@9,,18000qy3600,21600l@6,21600@15@27@7,21600,18000,21600qx21600,18000l21600@9@18@30,21600@8,21600,3600qy18000,l@7,0@21@33@6,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="sum 10800 0 #0"/>
+                    <v:f eqn="sum 10800 0 #1"/>
+                    <v:f eqn="sum #0 0 #1"/>
+                    <v:f eqn="sum @0 @1 0"/>
+                    <v:f eqn="sum 21600 0 #0"/>
+                    <v:f eqn="sum 21600 0 #1"/>
+                    <v:f eqn="if @0 3600 12600"/>
+                    <v:f eqn="if @0 9000 18000"/>
+                    <v:f eqn="if @1 3600 12600"/>
+                    <v:f eqn="if @1 9000 18000"/>
+                    <v:f eqn="if @2 0 #0"/>
+                    <v:f eqn="if @3 @10 0"/>
+                    <v:f eqn="if #0 0 @11"/>
+                    <v:f eqn="if @2 @6 #0"/>
+                    <v:f eqn="if @3 @6 @13"/>
+                    <v:f eqn="if @5 @6 @14"/>
+                    <v:f eqn="if @2 #0 21600"/>
+                    <v:f eqn="if @3 21600 @16"/>
+                    <v:f eqn="if @4 21600 @17"/>
+                    <v:f eqn="if @2 #0 @6"/>
+                    <v:f eqn="if @3 @19 @6"/>
+                    <v:f eqn="if #1 @6 @20"/>
+                    <v:f eqn="if @2 @8 #1"/>
+                    <v:f eqn="if @3 @22 @8"/>
+                    <v:f eqn="if #0 @8 @23"/>
+                    <v:f eqn="if @2 21600 #1"/>
+                    <v:f eqn="if @3 21600 @25"/>
+                    <v:f eqn="if @5 21600 @26"/>
+                    <v:f eqn="if @2 #1 @8"/>
+                    <v:f eqn="if @3 @8 @28"/>
+                    <v:f eqn="if @4 @8 @29"/>
+                    <v:f eqn="if @2 #1 0"/>
+                    <v:f eqn="if @3 @31 0"/>
+                    <v:f eqn="if #1 0 @32"/>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                  </v:formulas>
+                  <v:path o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;21600,10800;@34,@35" textboxrect="791,791,20809,20809"/>
+                  <v:handles>
+                    <v:h position="#0,#1"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="AutoShape 35" o:spid="_x0000_s1053" type="#_x0000_t62" style="position:absolute;left:8001;top:11344;width:1440;height:540;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBrzYFcxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfC/2H5Rb6Vjc1KBpdpVQspeiD0Q+4Zq9JcPdumt1o8vfdQqGPw8ycYZbr3hpxo9bXjhW8jhIQ&#10;xIXTNZcKTsftywyED8gajWNSMJCH9erxYYmZdnc+0C0PpYgQ9hkqqEJoMil9UZFFP3INcfQurrUY&#10;omxLqVu8R7g1cpwkU2mx5rhQYUPvFRXXvLMKui8z2Q3j4/77/HHZmLRrhnM6Uer5qX9bgAjUh//w&#10;X/tTK0jn8Psl/gC5+gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBrzYFcxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B70A5E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>LLAMADA</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shapetype id="_x0000_t51" coordsize="21600,21600" o:spt="51" adj="-10080,24300,-3600,4050,-1800,4050" path="m@0@1l@2@3@4@5nfem@4,l@4,21600nfem,l21600,r,21600l,21600xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                    <v:f eqn="val #2"/>
+                    <v:f eqn="val #3"/>
+                    <v:f eqn="val #4"/>
+                    <v:f eqn="val #5"/>
+                  </v:formulas>
+                  <v:path arrowok="t" o:extrusionok="f" gradientshapeok="t" o:connecttype="custom" o:connectlocs="@0,@1;10800,0;10800,21600;0,10800;21600,10800"/>
+                  <v:handles>
+                    <v:h position="#0,#1"/>
+                    <v:h position="#2,#3"/>
+                    <v:h position="#4,#5"/>
+                  </v:handles>
+                  <o:callout v:ext="edit" on="t" accentbar="t"/>
+                </v:shapetype>
+                <v:shape id="AutoShape 36" o:spid="_x0000_s1054" type="#_x0000_t51" style="position:absolute;left:8181;top:12244;width:1440;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDuoC0QwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhF7EbFpaDdE1iCC0p9YoiLchOybB7Gya3Sbpv+8eCh4f73uTjaYRPXWutqzgOYpBEBdW&#10;11wqOJ8OiwSE88gaG8uk4JccZNvpZIOptgMfqc99KUIIuxQVVN63qZSuqMigi2xLHLib7Qz6ALtS&#10;6g6HEG4a+RLHS2mw5tBQYUv7iop7/mMU2Pze2s/BfS+vdLokXyv5MX+7KfU0G3drEJ5G/xD/u9+1&#10;gtewPnwJP0Bu/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDuoC0QwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="-6750,19350,-4260,5400,,5400">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="00B70A5E" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B70A5E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>LLAMADA</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <o:callout v:ext="edit" minusy="t"/>
+                </v:shape>
+                <w10:wrap type="square" side="right"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>114300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5006340" cy="1371600"/>
+                <wp:effectExtent l="13335" t="280670" r="9525" b="5080"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="27" name="Grupo 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5006340" cy="1371600"/>
+                          <a:chOff x="2241" y="4144"/>
+                          <a:chExt cx="7884" cy="2160"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="28" name="Text Box 38"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2241" y="5404"/>
+                            <a:ext cx="1008" cy="864"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>Círculo con sombra</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="29" name="Text Box 39"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4221" y="5764"/>
+                            <a:ext cx="2736" cy="432"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:pStyle w:val="Textoindependiente"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:t>Círculos 3D</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="30" name="Text Box 40"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="7821" y="5584"/>
+                            <a:ext cx="2304" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Cuadro </w:t>
+                              </w:r>
+                              <w:proofErr w:type="gramStart"/>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t>volteado ,</w:t>
+                              </w:r>
+                              <w:proofErr w:type="gramEnd"/>
+                              <w:r w:rsidRPr="001365FE">
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="es-ES_tradnl"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> con línea gruesa y relleno</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="31" name="Oval 41"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2241" y="4144"/>
+                            <a:ext cx="1080" cy="1080"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst>
+                            <a:outerShdw dist="107763" dir="18900000" algn="ctr" rotWithShape="0">
+                              <a:srgbClr val="808080"/>
+                            </a:outerShdw>
+                          </a:effectLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="32" name="Oval 42"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4401" y="4144"/>
+                            <a:ext cx="1080" cy="1080"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                          <a:scene3d>
+                            <a:camera prst="legacyObliqueTopLeft"/>
+                            <a:lightRig rig="legacyFlat3" dir="t"/>
+                          </a:scene3d>
+                          <a:sp3d extrusionH="430200" prstMaterial="legacyMatte">
+                            <a:bevelT w="13500" h="13500" prst="angle"/>
+                            <a:bevelB w="13500" h="13500" prst="angle"/>
+                            <a:extrusionClr>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:extrusionClr>
+                            <a:contourClr>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:contourClr>
+                          </a:sp3d>
+                          <a:extLst>
+                            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:effectLst>
+                                  <a:outerShdw dist="107763" dir="18900000" algn="ctr" rotWithShape="0">
+                                    <a:srgbClr val="808080"/>
+                                  </a:outerShdw>
+                                </a:effectLst>
+                              </a14:hiddenEffects>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="33" name="Oval 43"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5841" y="4144"/>
+                            <a:ext cx="1080" cy="1080"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                          <a:scene3d>
+                            <a:camera prst="legacyObliqueTopRight"/>
+                            <a:lightRig rig="legacyFlat3" dir="b"/>
+                          </a:scene3d>
+                          <a:sp3d extrusionH="430200" prstMaterial="legacyWireframe">
+                            <a:bevelT w="13500" h="13500" prst="angle"/>
+                            <a:bevelB w="13500" h="13500" prst="angle"/>
+                            <a:extrusionClr>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:extrusionClr>
+                            <a:contourClr>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:contourClr>
+                          </a:sp3d>
+                          <a:extLst>
+                            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:effectLst>
+                                  <a:outerShdw dist="107763" dir="18900000" algn="ctr" rotWithShape="0">
+                                    <a:srgbClr val="808080"/>
+                                  </a:outerShdw>
+                                </a:effectLst>
+                              </a14:hiddenEffects>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="34" name="AutoShape 44"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="-2404445">
+                            <a:off x="7821" y="4144"/>
+                            <a:ext cx="1620" cy="720"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="roundRect">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 16667"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFCC00"/>
+                          </a:solidFill>
+                          <a:ln w="38100">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Grupo 27" o:spid="_x0000_s1055" style="position:absolute;left:0;text-align:left;margin-left:9pt;margin-top:27pt;width:394.2pt;height:108pt;z-index:251669504" coordorigin="2241,4144" coordsize="7884,2160" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBr7YYHXwUAAK4bAAAOAAAAZHJzL2Uyb0RvYy54bWzsWVtv2zYUfh+w/0DoPbVuthwhTpG4cTYg&#10;XYs2Q59pibpskqiSdOxs2H/fR1JSlFubdetlqP1gkCJF8Xw859N3jo6e7+qKXDEhS94sHO+Z6xDW&#10;JDwtm3zh/Hq5Opg7RCrapLTiDVs410w6z49//OFo28bM5wWvUiYIFmlkvG0XTqFUG08mMilYTeUz&#10;3rIGgxkXNVXoinySCrrF6nU18V13NtlykbaCJ0xKXH1hB51js36WsUS9yjLJFKkWDvamzL8w/2v9&#10;Pzk+onEuaFuUSbcN+gm7qGnZ4KHDUi+oomQjyntL1WUiuOSZepbwesKzrEyYsQHWeO4da84F37TG&#10;ljze5u0AE6C9g9MnL5v8cvVakDJdOH7kkIbWOKNzsWk5QR/gbNs8xpxz0b5tXwtrIZoXPPldYnhy&#10;d1z3czuZrLcveYr16EZxA84uE7VeAmaTnTmD6+EM2E6RBBenONQgxFElGPOCyJu53SklBY5S3+f7&#10;oecQDIdeGNoTTIqz7v5oPg/tzT5u1aMTGtsHm812m9OWwePkDajy34H6tqAtM2clNWA9qHB/C+ql&#10;NvCU70gwt7iaaRpUona4DmMNRtJiSxq+LGiTsxMh+LZgNMX+PGOO3jieYM9Dd6Re5GNgD6BNQ7cD&#10;rYfcc11sU+M9n5mhATEat0Kqc8ZrohsLRyCgzDbp1YVUFtx+ij5ZyasyXZVVZToiXy8rQa4ogm9l&#10;ft153JpWNWS7cA6n/tQC8OgSrvk9tERdKrBIVdYwYZhEYw3bWZNimzRWtKxsG9ZVjXFdC511BbVb&#10;70wceMZpNK5rnl4DWcEta4Dl0Ci4+MMhWzDGwpHvN1Qwh1Q/NzidQ3ijphjTCaeRj44Yj6zHI7RJ&#10;sNTCUQ6xzaWytLRpRZkXeJL1h4afIHyy0oB9s6tu/3DgL+XJh/c9+fCreHLo+zb8p5F1Vxr3nuxH&#10;wcx6chj4naP0pNO76XfkyYYvbnxm78kmwAPE5R1ORtyCJDRSHbF+GU6O5r0nT/HSMjQ1eHIAljac&#10;rHnEEu137MkmmPee3Ltopy4C8KD15Fd4xxKoottebF7Cn1tP3Iiw3nc9d97rN936oPOyqipbqYUT&#10;jb8tTQHt3UmHD8oIvHxMmgE5pG3gGyiRt0W6JWmpBZPnRtEscNDD292bH1p1QmiVI11KlIBE4Opd&#10;qQqjH7UaNoc2Vk5zgDjAOKxvdO3o0RC3Yzmz1y4jFQ4tcCtOBjYZZDSU62eKE2jCu8nKtxsn/9zn&#10;zUtLJqxhQao9N0EGKWinsSqW0+T61boq32/YJW8vWKbsa67SEvdNmRNo3YVj560qqvpIMdMg1Ecr&#10;yzZICaATG11r+AnZX+CiAuCYZ72kCLtS5xl2LfSVJZU1u2LVpc4wvAC5pUOKoWVTGiRZFbO7MnNP&#10;nzZ32AkynHsheyvZuTsz4Y3iG/HR+8bzNBSwXz8Iy3Vcg5atMfx5spq6URjMD6JoGhyEwZl7cDpf&#10;LQ9Olt5sFp2dLk/PvL80s3hhXJRpypozQ1qyL3l44dOy3674YosVQ9FjRENfkwHvWWc5cgdiBn49&#10;bnui1IWyh8sVAeJvLCiCLygoIIH3RNkRJZixeCJTrjt99alM+a4ULBNgbSM89my5Z8s9W94rxD/C&#10;lsjQLVvqEp2ZQ2xBelRJMNrgv9SWtopz4KOMG4a2ZNrV04dywgMp2UxXI3WJ9+PlBJ33vLlV59U2&#10;5GlnK01/c0hWV/hMopNOCIyZ+VKAV6xJ4Iz79MU2Y/2jBd3Varm01X2tb8bTbE04mKM0bROi8aAc&#10;Z0ePF4WfKGb/p3rAfMzARyEDd/cBS391GvfRHn9mO/4bAAD//wMAUEsDBBQABgAIAAAAIQCBNNfo&#10;4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3U1ta4jZlFLUUxFsBfG2&#10;zU6T0OxsyG6T9N87nvQ0PN7jzffy9eRaMWAfGk8akpkCgVR621Cl4fPw+pCCCNGQNa0n1HDFAOvi&#10;9iY3mfUjfeCwj5XgEgqZ0VDH2GVShrJGZ8LMd0jsnXzvTGTZV9L2ZuRy18q5UivpTEP8oTYdbmss&#10;z/uL0/A2mnHzmLwMu/Npe/0+LN+/dglqfX83bZ5BRJziXxh+8RkdCmY6+gvZIFrWKU+JGpYLvuyn&#10;arUAcdQwf1IKZJHL/wuKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBr7YYHXwUAAK4b&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBNNfo4AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAALkHAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxggA&#10;AAAA&#10;">
+                <v:shape id="Text Box 38" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;left:2241;top:5404;width:1008;height:864;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWbUptwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CE7zITKeirjOKCIreNh3b9dE822LzUpNY639vDoLHj+/3fNmaSjTkfGlZwccgAUGcWV1y&#10;ruD3uHmfgfABWWNlmRTcycNy8daZY6rtjX+oOYRcxBD2KSooQqhTKX1WkEE/sDVx5E7WGQwRulxq&#10;h7cYbio5TJKJNFhybCiwpnVB2flwNQpm413z7/ej779scqo+Q3/abC9OqV63XX2BCNSGl/jp3mkF&#10;wzg2fok/QC4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFZtSm3BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>Círculo con sombra</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 39" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;left:4221;top:5764;width:2736;height:432;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA5Ie/2xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9SLOpijWpq0hBsTdrxV4f2WcSmn0bd9eY/vtuQfA4zMw3zHzZm0Z05HxtWcFLkoIg&#10;LqyuuVRw+Fo/z0D4gKyxsUwKfsnDcvEwmGOu7ZU/qduHUkQI+xwVVCG0uZS+qMigT2xLHL2TdQZD&#10;lK6U2uE1wk0jR2k6lQZrjgsVtvReUfGzvxgFs8m2+/Yf492xmJ6aLAxfu83ZKfX02K/eQATqwz18&#10;a2+1glEG/1/iD5CLPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5Ie/2xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:pStyle w:val="Textoindependiente"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:t>Círculos 3D</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 40" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;left:7821;top:5584;width:2304;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAtwtC2wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LagIx&#10;FN0L/kO4QjfSyVjLqKNRSqHF7nyUdnuZ3Hng5GaapOP075uF4PJw3pvdYFrRk/ONZQWzJAVBXFjd&#10;cKXg8/z2uAThA7LG1jIp+CMPu+14tMFc2ysfqT+FSsQQ9jkqqEPocil9UZNBn9iOOHKldQZDhK6S&#10;2uE1hptWPqVpJg02HBtq7Oi1puJy+jUKls/7/tt/zA9fRVa2qzBd9O8/TqmHyfCyBhFoCHfxzb3X&#10;CuZxffwSf4Dc/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAtwtC2wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Cuadro </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t>volteado ,</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r w:rsidRPr="001365FE">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="es-ES_tradnl"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> con línea gruesa y relleno</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:oval id="Oval 41" o:spid="_x0000_s1059" style="position:absolute;left:2241;top:4144;width:1080;height:1080;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDljp+7wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lq8Iw&#10;FIT3gv8hHMGdpj7wUY0i9yK6uBsfIO4OzbEtNielibX+eyNccDnMzDfMct2YQtRUudyygkE/AkGc&#10;WJ1zquB82vZmIJxH1lhYJgUvcrBetVtLjLV98oHqo09FgLCLUUHmfRlL6ZKMDLq+LYmDd7OVQR9k&#10;lUpd4TPATSGHUTSRBnMOCxmW9JNRcj8+jALaTR8uufi/aV5vN7/jyfzqSq1Ut9NsFiA8Nf4b/m/v&#10;tYLRAD5fwg+QqzcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5Y6fu8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:shadow on="t" offset="6pt,-6pt"/>
+                </v:oval>
+                <v:oval id="Oval 42" o:spid="_x0000_s1060" style="position:absolute;left:4401;top:4144;width:1080;height:1080;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcyoNOwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6riH6pRVBC87W714PHRPNti81Kb2Nb99GZhweMwM79hVpvOlKKh2hWWFYyGEQji&#10;1OqCMwXn0+FzAcJ5ZI2lZVLwJAebde9jhbG2Lf9Qk/hMBAi7GBXk3lexlC7NyaAb2oo4eFdbG/RB&#10;1pnUNbYBbko5jqKZNFhwWMixon1O6S15GAWO5O/XZX7fJc/mcZKzw/eumbZKDfrddgnCU+ff4f/2&#10;USuYjOHvS/gBcv0CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXMqDTsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:shadow offset="6pt,-6pt"/>
+                  <o:extrusion v:ext="view" color="white" on="t" viewpoint="-34.72222mm" viewpointorigin="-.5" skewangle="-45" lightposition="-50000" lightposition2="50000"/>
+                </v:oval>
+                <v:oval id="Oval 43" o:spid="_x0000_s1061" style="position:absolute;left:5841;top:4144;width:1080;height:1080;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBHscYxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RT6Ipq1osjWKF4qCMUHb++HzXE3dHMSNqnu/nsjFPo4zMw3zGzR2lrcqAnGsYLhIANB&#10;XDhtuFRwPm37UxAhImusHZOCjgIs5q8vM8y1u/OBbsdYigThkKOCKkafSxmKiiyGgfPEybu6xmJM&#10;simlbvCe4LaWH1k2kRYNp4UKPa0rKn6Ov1bByvX8hjt/+BpejNl336frerxR6v2tXX6CiNTG//Bf&#10;e6cVjEbw/JJ+gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIEexxjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:shadow offset="6pt,-6pt"/>
+                  <o:extrusion v:ext="view" diffusity="0" shininess="0" color="white" on="t" render="wireFrame"/>
+                </v:oval>
+                <v:roundrect id="AutoShape 44" o:spid="_x0000_s1062" style="position:absolute;left:7821;top:4144;width:1620;height:720;rotation:-2626295fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPJyZEwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8ARvmvoHV2qj6ILgVVfc67N5tqXNS0lSrd/eLCzscZiZ3zDZtjeNeJDzlWUF00kCgji3&#10;uuJCweX7MF6B8AFZY2OZFLzIw3bzMcgw1fbJJ3qcQyEihH2KCsoQ2lRKn5dk0E9sSxy9u3UGQ5Su&#10;kNrhM8JNI2dJspQGK44LJbb0VVJenzujINTLn9m9q/budZuyPHwW3XW/U2o07HdrEIH68B/+ax+1&#10;gvkCfr/EHyA3bwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDPJyZEwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#fc0" strokeweight="3pt"/>
+                <w10:wrap type="square" side="right"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="00D41301" w:rsidP="005B5DE3">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3DF385D4" wp14:editId="4261E870">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1943735</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>182245</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1005840" cy="467995"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="27305"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21981"/>
+                    <wp:lineTo x="21682" y="21981"/>
+                    <wp:lineTo x="21682" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="25" name="Cuadro de texto 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1005840" cy="467995"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001365FE">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>CUADRO DE TEXTO</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3DF385D4" id="Cuadro de texto 25" o:spid="_x0000_s1063" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:153.05pt;margin-top:14.35pt;width:79.2pt;height:36.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApFjbGMQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/k92EpG1W2VQlpQip&#10;XKTCB0xsb9bC6zG2k93y9Yy9aYgK4gGxD5adGZ85c844q+uhM+ygfNBoaz6dlJwpK1Bqu6v51y93&#10;r644CxGsBINW1fxRBX69fvli1btKzbBFI5VnBGJD1buatzG6qiiCaFUHYYJOWQo26DuIdPS7Qnro&#10;Cb0zxawsL4oevXQehQqBfr0dg3yd8ZtGifipaYKKzNScuMW8+rxu01qsV1DtPLhWiyMN+AcWHWhL&#10;RU9QtxCB7b3+DarTwmPAJk4EdgU2jRYq90DdTMtn3Ty04FTuhcQJ7iRT+H+w4uPhs2da1ny24MxC&#10;Rx5t9iA9MqlYVENERhGSqXehouwHR/lxeIMD2Z1bDu4exbfALG5asDt14z32rQJJNKfpZnF2dcQJ&#10;CWTbf0BJ5WAfMQMNje+ShqQKI3Sy6/FkERFhIpUsy8XVnEKCYvOLy+UykyugerrtfIjvFHYsbWru&#10;aQQyOhzuQ0xsoHpKScUCGi3vtDH54HfbjfHsADQud/nLDTxLM5b1NV8uSJi/Q5T5+xNEpyPNvdFd&#10;za9OSVAl2d5amacygjbjnigbe9QxSTeKGIftkJ2bvn7yZ4vykZT1OM45vUvatOh/cNbTjNc8fN+D&#10;V5yZ95bcWU7nScqYD/PF5YwO/jyyPY+AFQRV88jZuN3E8SHtnde7liqN82DxhhxtdBY7WT+yOvKn&#10;Oc4eHN9ceijn55z1659h/RMAAP//AwBQSwMEFAAGAAgAAAAhADDTin3gAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtZuGNIQ4FUICwQ0Kgqsbb5MIex1sNw1/jznBcTVP&#10;M2/rzWwNm9CHwZGE5UIAQ2qdHqiT8PZ6f1kCC1GRVsYRSvjGAJvm9KRWlXZHesFpGzuWSihUSkIf&#10;41hxHtoerQoLNyKlbO+8VTGdvuPaq2Mqt4ZnQhTcqoHSQq9GvOux/dwerIQyf5w+wtPq+b0t9uY6&#10;Xqynhy8v5fnZfHsDLOIc/2D41U/q0CSnnTuQDsxIWIlimVAJWbkGloC8yK+A7RIpshx4U/P/LzQ/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACkWNsYxAgAAYQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADDTin3gAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAiwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" o:allowincell="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001365FE">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>CUADRO DE TEXTO</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="005B5DE3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="68E46833" wp14:editId="1D7E57FA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>62230</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1143000" cy="690880"/>
+                <wp:effectExtent l="51435" t="58420" r="34290" b="60325"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="26" name="Flecha a la derecha con muesca 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1143000" cy="690880"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="notchedRightArrow">
+                          <a:avLst>
+                            <a:gd name="adj1" fmla="val 50000"/>
+                            <a:gd name="adj2" fmla="val 41360"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFF99"/>
+                        </a:solidFill>
+                        <a:ln w="28575">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Ttulo4"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001365FE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Siga la</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001365FE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>flecha</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="10800" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="68E46833" id="_x0000_t94" coordsize="21600,21600" o:spt="94" adj="16200,5400" path="m@0,l@0@1,0@1@5,10800,0@2@0@2@0,21600,21600,10800xe">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="val #1"/>
+                  <v:f eqn="sum height 0 #1"/>
+                  <v:f eqn="sum 10800 0 #1"/>
+                  <v:f eqn="sum width 0 #0"/>
+                  <v:f eqn="prod @4 @3 10800"/>
+                  <v:f eqn="sum width 0 @5"/>
+                </v:formulas>
+                <v:path o:connecttype="custom" o:connectlocs="@0,0;@5,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="@5,@1,@6,@2"/>
+                <v:handles>
+                  <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Flecha a la derecha con muesca 26" o:spid="_x0000_s1064" type="#_x0000_t94" style="position:absolute;left:0;text-align:left;margin-left:27pt;margin-top:4.9pt;width:90pt;height:54.4pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1tIP/YwIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvEzEMfkfiP0R5Z3fXtV1b7TpNG0NI&#10;AyYGP8BNcr1AEock7XX8enxpr7TwhuhDFF/sz5/92b2+2VnDtipEja7m1UXJmXICpXbrmn/98vBm&#10;xllM4CQYdKrmLyrym+XrV9edX6gRtmikCoxAXFx0vuZtSn5RFFG0ykK8QK8cPTYYLCQyw7qQATpC&#10;t6YYleW06DBIH1CoGOnr/f6RLzN+0yiRPjVNVImZmhO3lM+Qz1V/FstrWKwD+FaLAw34BxYWtKOk&#10;R6h7SMA2Qf8FZbUIGLFJFwJtgU2jhco1UDVV+Uc1zy14lWuh5kR/bFP8f7Di4/YpMC1rPppy5sCS&#10;Rg9GiRYYMAOM1MmGQMfsRkUBjBypa52PCwp+9k+hrzv6RxTfI3N414Jbq9sQsGsVSOJa9f7FWUBv&#10;RAplq+4DSsoJm4S5gbsm2B6QWsN2WaeXo05ql5igj1U1vixLklPQ23RezmZZyAIWQ7QPMb1TaFl/&#10;qbnDRAMlP+t1mzKznAq2jzFl0eShcpDfKs4aa2gGtmDYhLIMM3LiMzr1GVeX0yH9AZGIDARyb9Bo&#10;+aCNyUZYr+5MYARPnabffJ7bQy08dTOOdaTJbHI1yVzPHuM5xkCS0p65WZ1ot4y2NZ/1PodKelXe&#10;OpknP4E2+zsFG3eQqVdmr3DarXZ5OqrxIPoK5QsJF3C/S7T7dGkx/OSsoz2qefyxgaA4M+8diT+v&#10;xuN+8bIxnlyNyAinL6tsVCVR5AycIKiap+F6l/bLuvGhF68fpr6LDm9pYBqdhsnaszrwp12h29ky&#10;ntrZ6/e/z/IXAAAA//8DAFBLAwQUAAYACAAAACEAK84fo9wAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70h9B2uRuFG7BaoS4lQVIoeKU38u3Jx4mwTidRQ7aXh7tid6HM1o5pt0M7lW&#10;jNiHxpOGxVyBQCq9bajScDrmj2sQIRqypvWEGn4xwCab3aUmsf5CexwPsRJcQiExGuoYu0TKUNbo&#10;TJj7Dom9s++diSz7StreXLjctXKp1Eo60xAv1KbD9xrLn8PgNESrzp+5zEf/rfYfqit2dvjaaf1w&#10;P23fQESc4n8YrviMDhkzFX4gG0Sr4eWZr0QNr3yA7eXTVRecW6xXILNU3h7I/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQB1tIP/YwIAAMUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQArzh+j3AAAAAgBAAAPAAAAAAAAAAAAAAAAAL0EAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" o:allowincell="f" fillcolor="#ff9" strokecolor="red" strokeweight="2.25pt">
+                <v:textbox inset=",,,.3mm">
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Ttulo4"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001365FE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Siga la</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001365FE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>flecha</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="005B5DE3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3543300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>181610</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="405765" cy="914400"/>
+                <wp:effectExtent l="3810" t="0" r="0" b="3175"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-744" y="0"/>
+                    <wp:lineTo x="-744" y="21600"/>
+                    <wp:lineTo x="22344" y="21600"/>
+                    <wp:lineTo x="22344" y="0"/>
+                    <wp:lineTo x="-744" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="24" name="Cuadro de texto 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="405765" cy="914400"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:ind w:right="19"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="16"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="16"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>CUADRO DE TEXTO</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="vert" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 24" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:279pt;margin-top:14.3pt;width:31.95pt;height:1in;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDU50ZRiQIAAB8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NR0jbRpqvdLkVI&#10;y0Va+AA3dhqLxGNst8kK8e+MnbaUBSSEyINje8bHM3PO+Ppm7DtyEMZKUBVNrmJKhKqBS7Wr6KeP&#10;m9mSEuuY4qwDJSr6JCy9Wb18cT3oUqTQQseFIQiibDnoirbO6TKKbN2Kntkr0EKhsQHTM4dLs4u4&#10;YQOi912UxvE8GsBwbaAW1uLu/WSkq4DfNKJ275vGCke6imJsLowmjFs/RqtrVu4M062sj2Gwf4ii&#10;Z1LhpWeoe+YY2Rv5C1QvawMWGndVQx9B08hahBwwmyR+ls1jy7QIuWBxrD6Xyf4/2Prd4YMhklc0&#10;zShRrEeO1nvGDRAuiBOjA4IWLNOgbYnejxr93XgHI9IdUrb6AerPlihYt0ztxK0xMLSCcQwz8Sej&#10;i6MTjvUg2+EtcLyO7R0EoLExva8hVoUgOtL1dKYIAyE1bmZxvpjnlNRoKpIsiwOFEStPh7Wx7rWA&#10;nvhJRQ0qIICzw4N1PhhWnlz8XRY6yTey68LC7LbrzpADQ7Vswhfif+bWKe+swB+bEKcdjBHv8DYf&#10;bWD/a5GkWXyXFrPNfLmYZZssnxWLeDmLk+KumMdZkd1vvvkAk6xsJedCPUglTkpMsr9j+tgTk4aC&#10;FsmA9cnTfGLoj0nG4ftdkr102Jid7Cu6PDux0vP6SnFMm5WOyW6aRz+HH6qMNTj9Q1WCCjzxkwTc&#10;uB2D7pL8pK4t8CfUhQHkDcnHVwUnfqRkwA6tqP2yZ0ZQ0r1RqK1AP7Z0WGT5IsUz5tKyvbQwVbeA&#10;jY9g03Ttpmdgr43ctXjTpGYFt6jHRgateOFOUR1VjF0Ykjq+GL7NL9fB68e7tvoOAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+I/pp4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8&#10;GLeAAREpm41mj5qV3Y3XLu0CsZ0SWlj8944nPU7my3vfK9eLNWzWo+8dCohXETCNjVM9tgIO++19&#10;DswHiUoah1rAt/awrq6vSlkod8EPPdehZRSCvpACuhCGgnPfdNpKv3KDRvqd3WhloHNsuRrlhcKt&#10;4UkUZdzKHqmhk4N+6XTzVU9WwOdx2t4l8W7zOj/E9Xu6N29nNELc3iybZ2BBL+EPhl99UoeKnE5u&#10;QuWZEZCmOW0JApI8A0ZAlsRPwE5EPiYZ8Krk/ydUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDU50ZRiQIAAB8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQC+I/pp4AAAAAoBAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" o:allowincell="f" stroked="f">
+                <v:textbox style="layout-flow:vertical">
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:ind w:right="19"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="16"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="16"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>CUADRO DE TEXTO</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="005B5DE3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4229100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>181610</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="464185" cy="914400"/>
+                <wp:effectExtent l="22860" t="25400" r="27305" b="22225"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-886" y="0"/>
+                    <wp:lineTo x="-886" y="21600"/>
+                    <wp:lineTo x="22486" y="21600"/>
+                    <wp:lineTo x="22486" y="0"/>
+                    <wp:lineTo x="-886" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="23" name="Cuadro de texto 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="464185" cy="914400"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="38100" cmpd="dbl">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="16"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>CUADRO DE TEXTO</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 23" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:333pt;margin-top:14.3pt;width:36.55pt;height:1in;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuxCE/OgIAAG8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+Z2m6bivR0ml0DCFt&#10;gDT4ARfbaSxsn7HdJvv3XJy2VANeEHmwbN/5u+++u8v1zWAN26kQNbqal2czzpQTKLXb1Pzb1/s3&#10;S85iAifBoFM1f1aR36xev7rufaXm2KGRKjACcbHqfc27lHxVFFF0ykI8Q68cGVsMFhIdw6aQAXpC&#10;t6aYz2aXRY9B+oBCxUi3d5ORrzJ+2yqRPrdtVImZmhO3lNeQ12Zci9U1VJsAvtNiTwP+gYUF7Sjo&#10;EeoOErBt0L9BWS0CRmzTmUBbYNtqoXIOlE05e5HNUwde5VxInOiPMsX/Bys+7b4EpmXN5+ecObBU&#10;o/UWZEAmFUtqSMjIQjL1Plbk/eTJPw3vcKBy55Sjf0DxPTKH6w7cRt2GgH2nQBLNcnxZnDydcOII&#10;0vSPKCkcbBNmoKENdtSQVGGETuV6PpaIiDBBl4vLRbm84EyQ6W25WMxyCQuoDo99iOmDQsvGTc0D&#10;dUAGh91DTCMZqA4uY6yIRst7bUw+hE2zNoHtgLrlPn+Z/ws341hf8/NlScGZsJ7Ek42ZtPgr3Cx/&#10;f4KzOtEIGG1rvjw6QTUq+N7J3KAJtJn2RN+4vaSjipOeaWiGXMTy8lCqBuUziRxwankaUdqM6/yK&#10;WPfU8TWPP7YQFGfmo6NaZTlpRPJhcXE1J79wamlOLeBEhzRIibNpu07TWG190JuOgk3d4fCW6tvq&#10;rP3YCBOxfQrU1bkk+wkcx+b0nL1+/SdWPwEAAP//AwBQSwMEFAAGAAgAAAAhAHl3YiLfAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJDaIOgmS26ZxqoJAiFVF6QGm8ZBExONg&#10;u23g9JgVLEfz9P/71XqygziRD71jDfksA0HcONNzq2H/9nS7ABEissHBMWn4ogDr+vKiwtK4M7/S&#10;aRdbkUI4lKihi3EspQxNRxbDzI3E6ffuvMWYTt9K4/Gcwu0giyxT0mLPqaHDkR46aj52R6tBbvB7&#10;fEbePt4Y8sP9Mv98MbnW11fTZgUi0hT/YPjVT+pQJ6eDO7IJYtCglEpbooZioUAkYH63zEEcEjkv&#10;FMi6kv8n1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArsQhPzoCAABvBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAeXdiIt8AAAAKAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" o:allowincell="f" strokeweight="3pt">
+                <v:stroke linestyle="thinThin"/>
+                <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="16"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>CUADRO DE TEXTO</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="005B5DE3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>291465</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>822325</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1097280" cy="274320"/>
+                <wp:effectExtent l="9525" t="8890" r="7620" b="12065"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-325" y="0"/>
+                    <wp:lineTo x="-325" y="21600"/>
+                    <wp:lineTo x="21925" y="21600"/>
+                    <wp:lineTo x="21925" y="0"/>
+                    <wp:lineTo x="-325" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="22" name="Cuadro de texto 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1097280" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001365FE">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>Dibujo con texto</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 22" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:22.95pt;margin-top:64.75pt;width:86.4pt;height:21.6pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKGSIQNAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjrxkqU14hRdug4D&#10;ugvQ7QMUSY6FyaJGKbG7ry8lJ1nQbS/D9CBIJnVInkN6eT10lu01BgOu5tOLCWfaSVDGbWv+7evd&#10;q0vOQhROCQtO1/xRB369evli2ftKl9CCVRoZgbhQ9b7mbYy+KoogW92JcAFeOzI2gJ2IdMVtoVD0&#10;hN7ZopxM3hQ9oPIIUodAX29HI19l/KbRMn5umqAjszWn3GLeMe+btBerpai2KHxr5CEN8Q9ZdMI4&#10;CnqCuhVRsB2a36A6IxECNPFCQldA0xipcw1UzXTyrJqHVnidayFygj/RFP4frPy0/4LMqJqXJWdO&#10;dKTReicUAlOaRT1EYGQhmnofKvJ+8OQfh7cwkNy55ODvQX4PzMG6FW6rbxChb7VQlOY0vSzOno44&#10;IYFs+o+gKJzYRchAQ4Nd4pBYYYROcj2eJKJEmEwhJ1eL8pJMkmzlYva6zBoWojq+9hjiew0dS4ea&#10;I7VARhf7+xBTNqI6uqRgAaxRd8bafMHtZm2R7QW1y11euYBnbtaxvuZX83I+EvBXiElef4LoTKS+&#10;t6ar+eXJSVSJtndO5a6MwtjxTClbd+AxUTeSGIfNkJWbLo76bEA9ErMIY5/TXNKhBfzJWU89XvPw&#10;YydQc2Y/OFLnajqbpaHIl9l8QVwyPLdszi3CSYKqeeRsPK7jOEg7j2bbUqSxHxzckKKNyWQn6ces&#10;DvlTH2cNDjOXBuX8nr1+/RlWTwAAAP//AwBQSwMEFAAGAAgAAAAhAHUhCYDgAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGxQ6zS0zYM4FUIC0R20CLZuPE0i/Ai2m4a/Z1jB&#10;cu4c3TlTbSaj2Yg+9M4KWMwTYGgbp3rbCnjbP85yYCFKq6R2FgV8Y4BNfXlRyVK5s33FcRdbRiU2&#10;lFJAF+NQch6aDo0Mczegpd3ReSMjjb7lysszlRvN0yRZcyN7Sxc6OeBDh83n7mQE5Mvn8SNsb1/e&#10;m/VRF/EmG5++vBDXV9P9HbCIU/yD4Vef1KEmp4M7WRWYFrBcFURSnhYrYASkizwDdqAkSzPgdcX/&#10;v1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMoZIhA0AgAAYQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHUhCYDgAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" o:allowincell="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001365FE">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>Dibujo con texto</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>154305</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>29845</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1445895" cy="593725"/>
+                <wp:effectExtent l="43815" t="40005" r="43815" b="42545"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-816" y="-2264"/>
+                    <wp:lineTo x="-816" y="23310"/>
+                    <wp:lineTo x="22416" y="23310"/>
+                    <wp:lineTo x="22416" y="-2264"/>
+                    <wp:lineTo x="-816" y="-2264"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="21" name="Cuadro de texto 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1445895" cy="593725"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="CCFFCC"/>
+                        </a:solidFill>
+                        <a:ln w="76200" cmpd="tri">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Textoindependiente2"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>CUADRO DE TEXTO</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="10800" anchor="ctr" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 21" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:12.15pt;margin-top:2.35pt;width:113.85pt;height:46.75pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtDtmSQQIAAG8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjrJkjY14hSduwwD&#10;ugvQ7QMUSY6FSaJGKbG7rx8tJ1l3exmWB0EMqcPDQ9Krm95ZdtAYDfiKTy8mnGkvQRm/q/jnT5sX&#10;S85iEl4JC15X/FFHfrN+/mzVhVLPoAWrNDIC8bHsQsXblEJZFFG22ol4AUF7cjaATiQycVcoFB2h&#10;O1vMJpPLogNUAUHqGOnfu9HJ1xm/abRMH5om6sRsxYlbyifmczucxXolyh2K0Bp5pCH+gYUTxlPS&#10;M9SdSILt0fwG5YxEiNCkCwmugKYxUucaqJrp5JdqHloRdK6FxInhLFP8f7Dy/eEjMqMqPpty5oWj&#10;HtV7oRCY0izpPgEjD8nUhVhS9EOg+NS/gp7anUuO4R7kl8g81K3wO32LCF2rhSKa+WXx5OmIEweQ&#10;bfcOFKUT+wQZqG/QDRqSKozQqV2P5xYRESaHlPP5Ynm94EySb3H98mq2GMgVojy9DhjTGw2ODZeK&#10;I41ARheH+5jG0FPIkCyCNWpjrM0G7ra1RXYQNC51vdnU9RH9pzDrWVfxq0saQCLiAqmX0Ixi/BVu&#10;kn9/gnMm0Q5Y4yq+PAeJcpDwtVd5QpMwdrxTpdZTwYOmg4yjoKnf9rmL0+WpV1tQj6QywjjztKN0&#10;aQG/cdbRvFc8ft0L1JzZt546dU3KDguSjfniakYGPvVsszGdEEXOhJcEVXGZ8GTUaVyrfUCzaynX&#10;OB0ebqm/jcnSD6RHXscKaKpz844bOKzNUztH/fhOrL8DAAD//wMAUEsDBBQABgAIAAAAIQBUBYs6&#10;3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqIMppQ1xqgKCSw+IBsR1&#10;G2+TCP+E2G0DT89yguNoRjPfFMvRWXGgIXbBa7icZCDI18F0vtHwWj1ezEHEhN6gDZ40fFGEZXl6&#10;UmBuwtG/0GGTGsElPuaooU2pz6WMdUsO4yT05NnbhcFhYjk00gx45HJnpcqymXTYeV5osaf7luqP&#10;zd5pWNm7zxQaeljsZk/r9zf8js9VpfX52bi6BZFoTH9h+MVndCiZaRv23kRhNajpFSc1TG9AsK2u&#10;FV/baljMFciykP/5yx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7Q7ZkkECAABvBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVAWLOt4AAAAH&#10;AQAADwAAAAAAAAAAAAAAAACbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" o:allowincell="f" fillcolor="#cfc" strokeweight="6pt">
+                <v:stroke linestyle="thickBetweenThin"/>
+                <v:textbox inset=",,,.3mm">
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Textoindependiente2"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>CUADRO DE TEXTO</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1143000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>158115</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3314700" cy="342900"/>
+                <wp:effectExtent l="13335" t="12065" r="5715" b="6985"/>
+                <wp:wrapNone/>
+                <wp:docPr id="20" name="Cuadro de texto 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3314700" cy="342900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001365FE">
+                              <w:t>Dibujos con texto y cuadros de texto.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 20" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:90pt;margin-top:12.45pt;width:261pt;height:27pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDG6bY0MgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtq5dG2MOEWXrsOA&#10;7gJ0+wBFkmNhsqhRSuzu60vJaZrdXob5QSBF6pA8JL28GjrL9hqDAVfzyVnJmXYSlHHbmn/9cvvq&#10;krMQhVPCgtM1f9CBX61evlj2vtJTaMEqjYxAXKh6X/M2Rl8VRZCt7kQ4A68dGRvATkRScVsoFD2h&#10;d7aYluXrogdUHkHqEOj2ZjTyVcZvGi3jp6YJOjJbc8ot5hPzuUlnsVqKaovCt0Ye0hD/kEUnjKOg&#10;R6gbEQXbofkNqjMSIUATzyR0BTSNkTrXQNVMyl+quW+F17kWIif4I03h/8HKj/vPyIyq+ZTocaKj&#10;Hq13QiEwpVnUQwRGFqKp96Ei73tP/nF4AwO1O5cc/B3Ib4E5WLfCbfU1IvStForSnKSXxcnTESck&#10;kE3/ARSFE7sIGWhosEscEiuM0Cmfh2OLKBEm6XI2m8wvSjJJss3m0wXJKYSonl57DPGdho4loeZI&#10;I5DRxf4uxNH1ySUFC2CNujXWZgW3m7VFthc0Lrf5O6D/5GYd62u+OJ+ejwT8FaLM358gOhNp7q3p&#10;an55dBJVou2tU5SmqKIwdpSpOusOPCbqRhLjsBly5yaLFCGRvAH1QMwijHNOe0lCC/iDs55mvObh&#10;+06g5sy+d9SdxWQ+T0uRlfn5RRoBPLVsTi3CSYKqeeRsFNdxXKSdR7NtKdI4Dw6uqaONyWQ/Z3XI&#10;n+Y4t+uwc2lRTvXs9fxnWD0CAAD//wMAUEsDBBQABgAIAAAAIQBG3oe03gAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEsp09aWphNCAsENBoJr1nhtReKUJOvKv8ec4OZn&#10;Pz1/r97MzooJQxw8KbhaZCCQWm8G6hS8vd5fFiBi0mS09YQKvjHCpjk9qXVl/JFecNqmTnAIxUor&#10;6FMaKylj26PTceFHJL7tfXA6sQydNEEfOdxZmWfZSjo9EH/o9Yh3Pbaf24NTUCwfp4/4dP383q72&#10;tkwX6+nhKyh1fjbf3oBIOKc/M/ziMzo0zLTzBzJRWNZFxl2SgnxZgmDDOst5seOhKEE2tfzfoPkB&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxum2NDICAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARt6HtN4AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="001365FE" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001365FE">
+                        <w:t>Dibujos con texto y cuadros de texto.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1805940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>777240</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="274320" cy="640080"/>
+                <wp:effectExtent l="9525" t="34925" r="59055" b="10795"/>
+                <wp:wrapNone/>
+                <wp:docPr id="19" name="Conector recto 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="274320" cy="640080"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd type="triangle" w="med" len="med"/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="478C6823" id="Conector recto 19" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="142.2pt,61.2pt" to="163.8pt,111.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOC3kyOwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6p7ZTN02MOsVgJ7t0&#10;W4F2uyuSHAuTJUFS4wTD/n2kkqbtdhmG5SBTIvn0SD7l5nY/aLKTPihralpc5JRIw61QZlvTr4/r&#10;yZySEJkRTFsja3qQgd4u37+7GV0lp7a3WkhPAMSEanQ17WN0VZYF3suBhQvrpAFnZ/3AImz9NhOe&#10;jYA+6Gya57NstF44b7kMAU7bo5MuE37XSR6/dF2QkeiaAreYVp/WDa7Z8oZVW89cr/iJBvsHFgNT&#10;Bi49Q7UsMvLk1R9Qg+LeBtvFC26HzHad4jLVANUU+W/VPPTMyVQLNCe4c5vC/4Pln3f3nigBs1tQ&#10;YtgAM2pgUjxaTzx+CDigS6MLFQQ35t5jnXxvHtyd5d8DMbbpmdnKxPbx4AChwIzsTQpugoO7NuMn&#10;KyCGPUWbWrbv/EA6rdw3TERwaAvZpxkdzjOS+0g4HE6vy8spTJKDa1bm+TzNMGMVwmCy8yF+lHYg&#10;aNRUK4MtZBXb3YWItF5C8NjYtdI6yUAbMtZ0cTW9SgnBaiXQiWHBbzeN9mTHUEjpl2oEz+swb5+M&#10;SGC9ZGJ1siNTGmwSU3OiV9AuLSneNkhBiZbwdtA60tMGb4SCgfDJOmrpxyJfrOareTkpp7PVpMzb&#10;dvJh3ZST2bq4vmov26Zpi59IviirXgkhDfJ/1nVR/p1uTi/sqMizss+Nyt6ip44C2edvIp1mj+M+&#10;CmdjxeHeY3UoA5ByCj49O3wrr/cp6uXPYfkLAAD//wMAUEsDBBQABgAIAAAAIQC7tH0Y4QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF1WtlGaTgiBxAmNbULiljWmLWuc&#10;0mRr4ekxJ7jZ+n79/pyvRteKE/ah8aRhOklAIJXeNlRp2G0fr5YgQjRkTesJNXxhgFVxfpabzPqB&#10;XvC0iZXgEgqZ0VDH2GVShrJGZ8LEd0jM3n3vTOS1r6TtzcDlrpUqSebSmYb4Qm06vK+xPGyOTsPN&#10;drj26/7wmk6bz7fvh4/YPT1HrS8vxrtbEBHH+BeGX31Wh4Kd9v5INohWg1qmKUcZKMUDJ2ZqMQex&#10;Z6RmCmSRy/8/FD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATgt5MjsCAABkBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAu7R9GOEAAAALAQAA&#10;DwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;">
+                <v:stroke endarrow="block"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1805940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1137285</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="731520" cy="274320"/>
+                <wp:effectExtent l="9525" t="61595" r="30480" b="6985"/>
+                <wp:wrapNone/>
+                <wp:docPr id="18" name="Conector recto 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="731520" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd type="triangle" w="med" len="med"/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="7EB33B66" id="Conector recto 18" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="142.2pt,89.55pt" to="199.8pt,111.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUnX1+OwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Tx2nzkeNOsVgJ7t0&#10;W4F2uyuSHAuTJUFS4wTD/vtIxc3W7TIMy0GmROrx8ZHK7d2x1+QgfVDWVDS/mlIiDbdCmX1FPz9t&#10;JytKQmRGMG2NrOhJBnq3fvvmdnClnNnOaiE9ARATysFVtIvRlVkWeCd7Fq6skwacrfU9i7D1+0x4&#10;NgB6r7PZdLrIBuuF85bLEOC0OTvpOuG3reTxU9sGGYmuKHCLafVp3eGarW9ZuffMdYqPNNg/sOiZ&#10;MpD0AtWwyMizV39A9Yp7G2wbr7jtM9u2istUA1STT3+r5rFjTqZaQJzgLjKF/wfLPx4ePFECeged&#10;MqyHHtXQKR6tJx4/BByg0uBCCcG1efBYJz+aR3dv+ddAjK07ZvYysX06OUDI8Ub26gpugoNcu+GD&#10;FRDDnqNNkh1b35NWK/cFLyI4yEKOqUenS4/kMRIOh8vrfD6DTnJwzZbFNdiYi5UIg5edD/G9tD1B&#10;o6JaGZSQlexwH+I59CUEj43dKq3hnJXakKGiN/PZPF0IViuBTvQFv9/V2pMDw0FKvzHvqzBvn41I&#10;YJ1kYjPakSkNNolJnOgVyKUlxWy9FJRoCW8HrTM9bTAjFAyER+s8S99upjeb1WZVTIrZYjMppk0z&#10;ebeti8limy/nzXVT103+HcnnRdkpIaRB/i9znRd/NzfjCztP5GWyL0Jlr9GT+ED25ZtIp95ju8+D&#10;s7Pi9OCxOhwDGOUUPD47fCu/7lPUzz+H9Q8AAAD//wMAUEsDBBQABgAIAAAAIQCauWRS4QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsUa0GWxhhNPBltmybetuwIWHYW&#10;2W1Bf73jSY+T7+W9b4rVZDtxwsG3jhTEswgEUuVMS7WC7ebxagnCB01Gd45QwRd6WJXnZ4XOjRvp&#10;FU/rUAsuIZ9rBU0IfS6lrxq02s9cj8Ts3Q1WBz6HWppBj1xuO5lE0UJa3RIvNLrH+warw/poFWSb&#10;8dq9DIddGrefb98PH6F/eg5KXV5Md7cgAk7hLwy/+qwOJTvt3ZGMF52CZJmmHGVwk8UgODHPsgWI&#10;PaMkmYMsC/n/h/IHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlJ19fjsCAABkBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmrlkUuEAAAALAQAA&#10;DwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;">
+                <v:stroke endarrow="block"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2903220</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>529590</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="548640" cy="182880"/>
+                <wp:effectExtent l="30480" t="6350" r="11430" b="58420"/>
+                <wp:wrapNone/>
+                <wp:docPr id="17" name="Conector recto 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="548640" cy="182880"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd type="triangle" w="med" len="med"/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="1093C6C7" id="Conector recto 17" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="228.6pt,41.7pt" to="271.8pt,56.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiR25/PAIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6p44zJ3WNOsVgJ9uh&#10;6wq0+wBFkmNhsiRIapxg2L+PVNK03S7DsBxkSiSfHsmnXN/sB0120gdlTU3ziykl0nArlNnW9Nvj&#10;elJSEiIzgmlrZE0PMtCb5ft316Or5Mz2VgvpCYCYUI2upn2MrsqywHs5sHBhnTTg7KwfWISt32bC&#10;sxHQB53NptNFNlovnLdchgCn7dFJlwm/6ySPX7suyEh0TYFbTKtP6wbXbHnNqq1nrlf8RIP9A4uB&#10;KQOXnqFaFhl58uoPqEFxb4Pt4gW3Q2a7TnGZaoBq8ulv1Tz0zMlUCzQnuHObwv+D5Xe7e0+UgNld&#10;UmLYADNqYFI8Wk88fgg4oEujCxUEN+beY518bx7creXfAzG26ZnZysT28eAAIceM7E0KboKDuzbj&#10;Fysghj1Fm1q27/xAOq3cZ0xEcGgL2acZHc4zkvtIOBzOi3JRwCQ5uPJyVpZphhmrEAaTnQ/xk7QD&#10;QaOmWhlsIavY7jZEpPUSgsfGrpXWSQbakLGmV/PZPCUEq5VAJ4YFv9002pMdQyGlX6oRPK/DvH0y&#10;IoH1konVyY5MabBJTM2JXkG7tKR42yAFJVrC20HrSE8bvBEKBsIn66ilH1fTq1W5KotJMVusJsW0&#10;bScf100xWazzy3n7oW2aNv+J5POi6pUQ0iD/Z13nxd/p5vTCjoo8K/vcqOwteuookH3+JtJp9jju&#10;o3A2VhzuPVaHMgApp+DTs8O38nqfol7+HJa/AAAA//8DAFBLAwQUAAYACAAAACEAXANi3eEAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLMLFGpFlsYYTTwZbZsm3rbsCFh2&#10;FtltQX+940mPk/flvW+K1WQ7ccLBt44UxLMIBFLlTEu1gu3m8WoJwgdNRneOUMEXeliV52eFzo0b&#10;6RVP61ALLiGfawVNCH0upa8atNrPXI/E2bsbrA58DrU0gx653HYyiaKFtLolXmh0j/cNVof10Sq4&#10;2YyZexkOuzRuP9++Hz5C//QclLq8mO5uQQScwh8Mv/qsDiU77d2RjBedgjS7ThhVsJynIBjI0vkC&#10;xJ7JOElAloX8/0L5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOJHbn88AgAAZAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFwDYt3hAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACkBQAAAAA=&#10;">
+                <v:stroke endarrow="block"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00D41301">
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1083" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:156.6pt;margin-top:48.9pt;width:90pt;height:45pt;z-index:251685888;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
+            <v:imagedata r:id="rId5" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_s1083" DrawAspect="Content" ObjectID="_1554237980" r:id="rId6"/>
+        </w:object>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3451860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>88900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828800" cy="937260"/>
+                <wp:effectExtent l="7620" t="5080" r="11430" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="16" name="Cuadro de texto 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="937260"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="003B5B66" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Textoindependiente"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003B5B66">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Sitúa el cursor sobre alguno de estos cuadrados blancos; cuando el cursor cambie a una</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003B5B66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003B5B66">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>doble flecha, haz clic y arrastra el ratón</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 16" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:271.8pt;margin-top:7pt;width:2in;height:73.8pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBINDZ7MgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L06yJE2NOkWXLsOA&#10;7gfo9gCMJMfCZFGTlNjZ05eS0zbotsswHQTKJD+SH0lfXfetYQflg0Zb8clozJmyAqW2u4p//7Z5&#10;s+QsRLASDFpV8aMK/Hr1+tVV50o1xQaNVJ4RiA1l5yrexOjKogiiUS2EETplSVmjbyHS0+8K6aEj&#10;9NYU0/F4UXTopfMoVAj09XZQ8lXGr2sl4pe6DioyU3HKLebb53ub7mJ1BeXOg2u0OKUB/5BFC9pS&#10;0CeoW4jA9l7/BtVq4TFgHUcC2wLrWguVa6BqJuMX1dw34FSuhcgJ7omm8P9gxefDV8+0pN4tOLPQ&#10;Uo/We5AemVQsqj4iIw3R1LlQkvW9I/vYv8OeXHLJwd2h+BGYxXUDdqduvMeuUSApzUnyLM5cB5yQ&#10;QLbdJ5QUDvYRM1Bf+zZxSKwwQqd2HZ9aRIkwkUIup8vlmFSCdJdvL6aL3MMCykdv50P8oLBlSai4&#10;pxHI6HC4CzFlA+WjSQoW0Gi50cbkh99t18azA9C4bPLJBbwwM5Z1FH0+nQ8E/BVinM+fIFodae6N&#10;bitO5dBJRlAm2t5bmeUI2gwypWzsicdE3UBi7Ld97tw0OyeStyiPxKzHYc5pL0lo0P/irKMZr3j4&#10;uQevODMfLXXncjKbpaXIj9n8goCYP9dszzVgBUFVPHI2iOs4LNLeeb1rKNIwDxZvqKO1zmQ/Z3XK&#10;n+Y49+C0c2lRzt/Z6vnPsHoAAAD//wMAUEsDBBQABgAIAAAAIQDnvomY3QAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WInFB1CkJIYQ4FUICwQ3aCq5uvE0i7HWI3TT8PcsJbjsP&#10;zc5Uq9lZMeEYek8KlosEBFLjTU+tgu3m8bIAEaImo60nVPCNAVb16UmlS+OP9IbTOraCQyiUWkEX&#10;41BKGZoOnQ4LPyCxtvej05Hh2Eoz6iOHOyuvkiSXTvfEHzo94EOHzef64BQU2fP0EV7S1/cm39vb&#10;eHEzPX2NSp2fzfd3ICLO8c8Mv/W5OtTcaecPZIKwCq6zNGcrCxlvYkORLpnYMZHzIetK/p9Q/wAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBINDZ7MgIAAGEEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDnvomY3QAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="003B5B66" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Textoindependiente"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003B5B66">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Sitúa el cursor sobre alguno de estos cuadrados blancos; cuando el cursor cambie a una</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003B5B66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003B5B66">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>doble flecha, haz clic y arrastra el ratón</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1259205</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2651760" cy="731520"/>
+                <wp:effectExtent l="13335" t="13335" r="11430" b="7620"/>
+                <wp:wrapNone/>
+                <wp:docPr id="15" name="Cuadro de texto 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2651760" cy="731520"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="003B5B66" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Textoindependiente2"/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003B5B66">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Apunta con el cursor a estos rombos; cuando el cursor cambie de forma, haz clic y arrastra el ratón; observa cómo cambia la curvatura de las letras.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 15" o:spid="_x0000_s1071" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:99.15pt;width:208.8pt;height:57.6pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKuG8GMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjrJml6MOEWXrsOA&#10;7gJ0+wBGkmNhsqhRSuzu60vLaRp028swPwiiSB2R55BeXPWtEztD0aKv5PRkIoXxCrX1m0p+/3b7&#10;5kKKmMBrcOhNJR9MlFfL168WXSjNDBt02pBgEB/LLlSySSmURRFVY1qIJxiMZ2eN1EJikzaFJugY&#10;vXXFbDI5KzokHQiViZFPb0anXGb8ujYqfanraJJwleTcUl4pr+thLZYLKDcEobFqnwb8QxYtWM+P&#10;HqBuIIHYkv0NqrWKMGKdThS2Bda1VSbXwNVMJy+quW8gmFwLkxPDgab4/2DV591XElazdnMpPLSs&#10;0WoLmlBoI5LpEwr2ME1diCVH3weOT/077PlKLjmGO1Q/ovC4asBvzDURdo0BzWlOh5vF0dURJw4g&#10;6+4Tan4OtgkzUF9TO3DIrAhGZ7keDhJxIkLx4exsPj0/Y5di3/nb6XyWNSygfLodKKYPBlsxbCpJ&#10;3AIZHXZ3MQ3ZQPkUMjwW0Vl9a53LBm3WK0diB9wut/nLBbwIc150lbycz+YjAX+FmOTvTxCtTdz3&#10;zraVvDgEQTnQ9t7r3JUJrBv3nLLzex4H6kYSU7/us3KzzPJA8hr1AzNLOPY5zyVvGqRfUnTc45WM&#10;P7dARgr30bM6l9PT02EosnE6P2cuBR171sce8IqhKpmkGLerNA7SNpDdNPzS2A8er1nR2mayn7Pa&#10;5899nDXYz9wwKMd2jnr+MywfAQAA//8DAFBLAwQUAAYACAAAACEAiO1X1eEAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1WrchDXEqhASiNygIrm7sJhH2OthuGv6e5QS3&#10;He1o5k21mZxlowmx9yhhPsuAGWy87rGV8Pb6cF0Ai0mhVtajkfBtImzq87NKldqf8MWMu9QyCsFY&#10;KgldSkPJeWw641Sc+cEg/Q4+OJVIhpbroE4U7ixfZFnOneqRGjo1mPvONJ+7o5NQLJ/Gj7gVz+9N&#10;frDrdHUzPn4FKS8vprtbYMlM6c8Mv/iEDjUx7f0RdWSW9CKnLYmOdSGAkWO1FDmwvQQxFyvgdcX/&#10;b6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEq4bwYzAgAAYQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIjtV9XhAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="003B5B66" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Textoindependiente2"/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003B5B66">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Apunta con el cursor a estos rombos; cuando el cursor cambie de forma, haz clic y arrastra el ratón; observa cómo cambia la curvatura de las letras.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">Guarda el documento en el directorio de trabajo con el nombre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F13D8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>P36. – Dibujos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc236637981"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc335648208"/>
+      <w:r w:rsidRPr="002F13D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>Ejercicio 37</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - WordArt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">El </w:t>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">Reproduce los siguientes ejemplos de texto de WordArt, con las imágenes, autoformas y efectos correspondientes. Los tipos y tamaños de letra de WordArt son: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>Comic Sans 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">Arial </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>simbolo</w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>UniCode</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> @ es muy </w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve"> MS 16.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>Arial 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">Times New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>utilisado</w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> en la actualidad, </w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve"> 24 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">El resto del texto: negrita y cursiva, 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>beamos</w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>ptos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> de donde proviene y</w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">. (salvo el de la figura C, que está a 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>ptos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">.). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-      <w:pPr>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">conozcamos mejor la </w:t>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t xml:space="preserve">Guarda el documento en el directorio de trabajo con el nombre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F13D8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">P37. – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>istoria</w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Wordart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> de la "arroba"</w:t>
+      <w:r w:rsidRPr="002F13D8">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-      <w:pPr>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:pStyle w:val="Sangradetextonormal"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
       </w:pPr>
       <w:r>
-        <w:t>en principio, se acepta que la palabra arroba viene del idioma árabe: "</w:t>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4114800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>813435</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1181100" cy="266700"/>
+                <wp:effectExtent l="3810" t="5715" r="43815" b="32385"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="14" name="Cuadro de texto 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1181100" cy="266700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005B5DE3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:color w:val="800000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="45847" w14:dir="2021404" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0"/>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t>Hnos. García</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
+                        <a:prstTxWarp prst="textPlain">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 50000"/>
+                          </a:avLst>
+                        </a:prstTxWarp>
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 14" o:spid="_x0000_s1072" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:324pt;margin-top:64.05pt;width:93pt;height:21pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDFl0fiAIAAP4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8O3pAdiwhcpA4dS9p&#10;GyAucqZFymIrcVmStmQU/fcuKTlJ20tR1AeZIpezOzuzuroeupYchbESVEmTi5gSoSrgUu1L+nm7&#10;mS0psY4pzlpQoqQnYen16u2bq14XIoUGWi4MQRBli16XtHFOF1Fkq0Z0zF6AFgoPazAdc/hq9hE3&#10;rEf0ro3SOF5EPRiuDVTCWty9Gw/pKuDXtajcp7q2wpG2pFibC08Tnjv/jFZXrNgbphtZTWWwf6ii&#10;Y1Jh0meoO+YYORj5B1QnKwMWandRQRdBXctKBA7IJol/Y/PYMC0CF2yO1c9tsv8Ptvp4fDBEctQu&#10;o0SxDjVaHxg3QLggTgwOCJ5gm3ptC4x+1BjvhlsY8EqgbPU9VF8tUbBumNqLG2OgbwTjWGaCmNN2&#10;ILM9aUwQdreI/Y5LVCTx8NEr/DGZ9Zl2/QfgeIUdHIRsQ20632hsHcESUNPTs46ISCpfV7JMkhiP&#10;KjxLF4tLXPsUrDjf1sa69wI64hclNeiTgM6O99aNoecQnwyBcX9ajbp+z5M0i2/TfLZZLC9n2Sab&#10;z/LLeDmLk/w2X8RZnt1tfnjQJCsayblQ91KJs8eS7O80nNw+uiO4jPQlzefpfOw9tJJvZNv62qzZ&#10;79atIUfmzR5+E237OszAQXHkyAov0rtp7Zhsx3X0a8Whb9iA839oRFDLCzRK5YbdEEyUpmer7ICf&#10;UL8eR6uk9tuBGYFeOHRrwOLQALWB7gln98YEB/hyfMe3wxMzepLF2++hPY9W0MbH7flkVMa/IFDX&#10;4sQiZzL3lCfGUzBK/oIaeqRv0EkbGUT2lhvrnPyHQxZoTh8EP8Wv30PUy2dr9RMAAP//AwBQSwME&#10;FAAGAAgAAAAhAILSPL7eAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;nVJKlMapKn4kDlwo6X0bmzgiXkex26Rvz3KC486MZr8pt7PvxdmOsQukIVsoEJaaYDpqNdSfr3c5&#10;iJiQDPaBrIaLjbCtrq9KLEyY6MOe96kVXEKxQA0upaGQMjbOeoyLMFhi7yuMHhOfYyvNiBOX+14u&#10;lVpLjx3xB4eDfXK2+d6fvIaUzC671C8+vh3m9+fJqeYBa61vb+bdBkSyc/oLwy8+o0PFTMdwIhNF&#10;r2G9ynlLYmOZZyA4kd+vWDmy8qgykFUp/2+ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCDFl0fiAIAAP4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCC0jy+3gAAAAsBAAAPAAAAAAAAAAAAAAAAAOIEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
+                <v:stroke joinstyle="round"/>
+                <o:lock v:ext="edit" shapetype="t"/>
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005B5DE3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:color w:val="800000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="45847" w14:dir="2021404" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0"/>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t>Hnos. García</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>ar-roub</w:t>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3429000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>302895</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2628900" cy="2326005"/>
+                <wp:effectExtent l="70485" t="66675" r="72390" b="36195"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="13" name="Pentágono regular 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2628900" cy="2326005"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="pentagon">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFCC99">
+                            <a:alpha val="50000"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln w="57150" cmpd="thinThick">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Ttulo2"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Ttulo2"/>
+                            </w:pPr>
+                            <w:bookmarkStart w:id="5" w:name="_Toc236637982"/>
+                            <w:r>
+                              <w:t>Asesoría legal</w:t>
+                            </w:r>
+                            <w:bookmarkEnd w:id="5"/>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t56" coordsize="21600,21600" o:spt="56" path="m10800,l,8259,4200,21600r13200,l21600,8259xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,8259;4200,21600;10800,21600;17400,21600;21600,8259" o:connectangles="270,180,90,90,90,0" textboxrect="4200,5077,17400,21600"/>
+              </v:shapetype>
+              <v:shape id="Pentágono regular 13" o:spid="_x0000_s1073" type="#_x0000_t56" style="position:absolute;left:0;text-align:left;margin-left:270pt;margin-top:23.85pt;width:207pt;height:183.15pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWi+6dWAIAAJIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFu2zAM/R+wOwj6X+24TZsYdYoiXYYB&#10;3Vag3QEYW7aFSqImKXG62+wsvdgoOU3T7W9YPgTRpB7J98hcXu20YlvhvERT8clJzpkwNTbSdBX/&#10;/rD6MOPMBzANKDSi4k/C86vF+3eXgy1FgT2qRjhGIMaXg614H4Its8zXvdDgT9AKQ84WnYZApuuy&#10;xsFA6FplRZ6fZwO6xjqshff09WZ08kXCb1tRh29t60VgquJUW0inS+c6ntniEsrOge1lvS8D/qEK&#10;DdJQ0gPUDQRgGyf/gtKyduixDSc16gzbVtYi9UDdTPI/urnvwYrUC5Hj7YEm//9g66/bO8dkQ9qd&#10;cmZAk0Z3woTnXx0aZE50GwWOkZOYGqwv6cG9vXOxV29vsX70zOCyB9OJa+dw6AU0VN8kxmdvHkTD&#10;01O2Hr5gQ3lgEzCRtmudjoBEB9slbZ4O2ohdYDV9LM6L2TwnCWvyFafFeZ5PUw4oX55b58MngZrF&#10;S8VpdAJQFykFbG99iCVB+RKWWkAlm5VUKhmuWy+VY1ugYVmtlsv5fHyrbA/j12lOv31aP4YnTH+M&#10;owwbKj69mExjudoSuaGX5oFG7DEBvonew4z4Ef41wTGoloEWRUld8dkhCMpI90fTpDEOINV4py6V&#10;2fMfKR+lC7v1LkldHNRcY/NEijgcF4MWmS49up+cDbQUFfc/NuAEZ+qzIVXnk7OzuEXJOJteFGS4&#10;Y8/62AOmJihqnrPxugzj5m2sk11PmSaJDoPXNAmtTPrEKRmr2tdPg58o3i9p3KxjO0W9/pUsfgMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAE95E8zeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISFwQS4a2FkrTCYaQEDc2DjumrWkKiVM1WVf+PeYEN/v56fl75Wb2Tkw4xj6QhuVCgUBq&#10;QttTp+F9/3x9CyImQ61xgVDDN0bYVOdnpSnacKI3nHapExxCsTAabEpDIWVsLHoTF2FA4ttHGL1J&#10;vI6dbEdz4nDv5I1SmfSmJ/5gzYBbi83X7ug1vD7uPydXq8xmkq5Cvn15Wh8OWl9ezA/3IBLO6c8M&#10;v/iMDhUz1eFIbRROw3qluEvSsMpzEGy4YwVEzcKSB1mV8n+F6gcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAWi+6dWAIAAJIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBPeRPM3gAAAAoBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" o:allowincell="f" fillcolor="#fc9" strokeweight="4.5pt">
+                <v:fill opacity="32896f"/>
+                <v:stroke linestyle="thinThick"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Ttulo2"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Ttulo2"/>
+                      </w:pPr>
+                      <w:bookmarkStart w:id="5" w:name="_Toc236637982"/>
+                      <w:r>
+                        <w:t>Asesoría legal</w:t>
+                      </w:r>
+                      <w:bookmarkEnd w:id="5"/>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>",</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-114300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3185160</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2857500" cy="2857500"/>
+                <wp:effectExtent l="127635" t="129540" r="53340" b="51435"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="12" name="Sol 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2857500" cy="2857500"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="sun">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 25000"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="25400">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:effectLst>
+                          <a:outerShdw dist="107763" dir="13500000" algn="ctr" rotWithShape="0">
+                            <a:srgbClr val="FF6600"/>
+                          </a:outerShdw>
+                        </a:effectLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Textoindependiente3"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>Energías alternativas</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t183" coordsize="21600,21600" o:spt="183" adj="5400" path="m21600,10800l@15@14@15@18xem18436,3163l@17@12@16@13xem10800,l@14@10@18@10xem3163,3163l@12@13@13@12xem,10800l@10@18@10@14xem3163,18436l@13@16@12@17xem10800,21600l@18@15@14@15xem18436,18436l@16@17@17@16xem10800@19qx@19,10800,10800@20@20,10800,10800@19xe">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="sum 10800 0 #0"/>
+                  <v:f eqn="prod @0 30274 32768"/>
+                  <v:f eqn="prod @0 12540 32768"/>
+                  <v:f eqn="sum @1 10800 0"/>
+                  <v:f eqn="sum @2 10800 0"/>
+                  <v:f eqn="sum 10800 0 @1"/>
+                  <v:f eqn="sum 10800 0 @2"/>
+                  <v:f eqn="prod @0 23170 32768"/>
+                  <v:f eqn="sum @7 10800 0"/>
+                  <v:f eqn="sum 10800 0 @7"/>
+                  <v:f eqn="prod @5 3 4"/>
+                  <v:f eqn="prod @6 3 4"/>
+                  <v:f eqn="sum @10 791 0"/>
+                  <v:f eqn="sum @11 791 0"/>
+                  <v:f eqn="sum @11 2700 0"/>
+                  <v:f eqn="sum 21600 0 @10"/>
+                  <v:f eqn="sum 21600 0 @12"/>
+                  <v:f eqn="sum 21600 0 @13"/>
+                  <v:f eqn="sum 21600 0 @14"/>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="sum 21600 0 #0"/>
+                </v:formulas>
+                <v:path o:connecttype="rect" textboxrect="@9,@9,@8,@8"/>
+                <v:handles>
+                  <v:h position="#0,center" xrange="2700,10125"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Sol 12" o:spid="_x0000_s1074" type="#_x0000_t183" style="position:absolute;left:0;text-align:left;margin-left:-9pt;margin-top:250.8pt;width:225pt;height:225pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5eQnVdAIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v0zAUfUfiP1h+Z2mzflE1naaNIaQB&#10;kwri2bWdxGD7Gtttsv16rt20dICEhMiD5Rvbx/fcc65XV73RZC99UGArOr4YUSItB6FsU9HPn+5e&#10;LSgJkVnBNFhZ0UcZ6NX65YtV55ayhBa0kJ4giA3LzlW0jdEtiyLwVhoWLsBJi4s1eMMihr4phGcd&#10;ohtdlKPRrOjAC+eByxDw7+1hka4zfl1LHj/WdZCR6IpibjGPPo/bNBbrFVs2nrlW8SEN9g9ZGKYs&#10;XnqCumWRkZ1Xv0EZxT0EqOMFB1NAXSsuMwdkMx79wmbTMiczFyxOcKcyhf8Hyz/sHzxRArUrKbHM&#10;oEYb0AQjLE3nwhJ3bNyDT+SCuwf+LRALNy2zjbz2HrpWMoEJjdP+4tmBFAQ8SrbdexAIzHYRcpX6&#10;2psEiPxJn8V4PIkh+0g4/iwX0/l0hJpxXDsG6Q62PB53PsS3EgxJk4qG3UEDtr8PMYshBkZMfKWk&#10;Nhql3TNNSsTN0iPWsBlnR7TMFLQSd0rrHPhme6M9waMVvctfJosFOd+mLekw0+kEsf+GgfcfE3iG&#10;YVTEdtDKVHSR9gwGTTV+Y0U2a2RKH+aYs7bpJpmNPpCGHUJsWtERoVJVxqP5fHZJMULbjy8TdYQl&#10;TDfYsDx6SjzELyq22W1Jhj9wns1O+Z7wsxRnV2fxk94H38R+22djlZOjlbYgHtEOeF/WHJ8NnLTg&#10;nyjpsAVRwe875iUl+p1FS70eTyapZ3Mwmc5LDPz5yvZ8hVmOUBWNyC1Pb+Khz3fOq6ZNlcjMLFyj&#10;DWsVj349ZDWYF9ss8xqehNTH53He9fPhWv8AAAD//wMAUEsDBBQABgAIAAAAIQAg49Cv4AAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcqtZJoVUJ2VSAQJU4INHC3Y23SUS8&#10;rmy3CX/PcoLjzo5m3pTr0fXqTCF2nhHyWQaKuPa24wbhY/cyXYGKybA1vWdC+KYI6+ryojSF9QO/&#10;03mbGiUhHAuD0KZ0LLSOdUvOxJk/Esvv4IMzSc7QaBvMIOGu1/MsW2pnOpaG1hzpqaX6a3tyCOHw&#10;thtenzebSRjrSf74KSmWEK+vxod7UInG9GeGX3xBh0qY9v7ENqoeYZqvZEtCWGT5EpQ4bm/mouwR&#10;7hai6KrU/zdUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC5eQnVdAIAAAAFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAg49Cv4AAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" strokecolor="red" strokeweight="2pt">
+                <v:shadow on="t" color="#f60" offset="-6pt,-6pt"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Textoindependiente3"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>Energías alternativas</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3429000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="342900" cy="303530"/>
+                <wp:effectExtent l="13335" t="11430" r="5715" b="8890"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-760" y="0"/>
+                    <wp:lineTo x="-760" y="21600"/>
+                    <wp:lineTo x="22360" y="21600"/>
+                    <wp:lineTo x="22360" y="0"/>
+                    <wp:lineTo x="-760" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="11" name="Cuadro de texto 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="342900" cy="303530"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002F13D8">
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>B</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 11" o:spid="_x0000_s1075" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:270pt;margin-top:27pt;width:27pt;height:23.9pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5EtLLNAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vti5bY0Rp+jSZRjQ&#10;XYBuHyBLcixMFjVKid19fWk5zbLbyzA/CKJIHpKHpNfXfWvZUWMw4Eo+neScaSdBGbcv+ZfPuxdX&#10;nIUonBIWnC75gw78evP82brzhZ5BA1ZpZATiQtH5kjcx+iLLgmx0K8IEvHakrAFbEUnEfaZQdITe&#10;2myW5y+zDlB5BKlDoNfbUck3Cb+utYwf6zroyGzJKbeYTkxnNZzZZi2KPQrfGHlKQ/xDFq0wjoKe&#10;oW5FFOyA5jeo1kiEAHWcSGgzqGsjdaqBqpnmv1Rz3wivUy1ETvBnmsL/g5Ufjp+QGUW9m3LmREs9&#10;2h6EQmBKs6j7CIw0RFPnQ0HW957sY/8aenJJJQd/B/JrYA62jXB7fYMIXaOFojSTZ3bhOuKEAaTq&#10;3oOicOIQIQH1NbYDh8QKI3Rq18O5RZQIk/Q4X8xWOWkkqeb5fDlPLcxE8eTsMcS3Glo2XEqONAEJ&#10;XBzvQqQyyPTJZIgVwBq1M9YmAffV1iI7CpqWXfqGysnlJzPrWFfy1XK2HOv/K0Sevj9BtCbS2FvT&#10;lvzqbCSKgbU3TqWhjMLY8U7xraM0BhoH5kYOY1/1qXGUxqk9FagHIhZhHHNaS7o0gN8562jESx6+&#10;HQRqzuw7R81ZTReLYSeSsFi+mpGAl5rqUiOcJKiSR87G6zaOe3TwaPYNRRrHwcENNbQ2iewh5TGr&#10;U/40xonQ08oNe3IpJ6sfP4bNIwAAAP//AwBQSwMEFAAGAAgAAAAhAHq0ddffAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwQSwfd6ErTCSGB4AYDwTVrvLYicUqSdeXfY7jA&#10;zfZ7ev5etZ6cFSOG2HtSMJ9lIJAab3pqFby+3J0XIGLSZLT1hAq+MMK6Pj6qdGn8gZ5x3KRWcAjF&#10;UivoUhpKKWPTodNx5gck1nY+OJ14Da00QR843Fl5kWVL6XRP/KHTA9522Hxs9k5BkT+M7/Hx8umt&#10;We7sKp1djfefQanTk+nmGkTCKf2Z4Qef0aFmpq3fk4nCKljkGXdJvwMINixWOR+27MzmBci6kv8r&#10;1N8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuRLSyzQCAABgBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAerR1198AAAAKAQAADwAAAAAAAAAA&#10;AAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="002F13D8">
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>B</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="342900" cy="303530"/>
+                <wp:effectExtent l="13335" t="11430" r="5715" b="8890"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-760" y="0"/>
+                    <wp:lineTo x="-760" y="21600"/>
+                    <wp:lineTo x="22360" y="21600"/>
+                    <wp:lineTo x="22360" y="0"/>
+                    <wp:lineTo x="-760" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="10" name="Cuadro de texto 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="342900" cy="303530"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002F13D8">
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>A</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 10" o:spid="_x0000_s1076" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:27pt;margin-top:27pt;width:27pt;height:23.9pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvdW3wMQIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06S3ZRs1XS1dipCW&#10;i7TwAVPbaSwcj7HdJuXrmThtqRZ4QeTB8njGx2fOzGR51zWGHZQPGm3Jx6OcM2UFSm13Jf/6ZfPq&#10;lrMQwUowaFXJjyrwu9XLF8vWFWqCNRqpPCMQG4rWlbyO0RVZFkStGggjdMqSs0LfQCTT7zLpoSX0&#10;xmSTPL/JWvTSeRQqBDp9GJx8lfCrSon4qaqCisyUnLjFtPq0bvs1Wy2h2HlwtRYnGvAPLBrQlh69&#10;QD1ABLb3+jeoRguPAas4EthkWFVaqJQDZTPOn2XzVINTKRcSJ7iLTOH/wYqPh8+eaUm1I3ksNFSj&#10;9R6kRyYVi6qLyMhDMrUuFBT95Cg+dm+woysp5eAeUXwLzOK6BrtT995jWyuQRHPc38yurg44oQfZ&#10;th9Q0nOwj5iAuso3vYakCiN04nO8lIiIMEGH09lkkZNHkGuaT+fTxC2D4nzZ+RDfKWxYvym5pw5I&#10;4HB4DLEnA8U5pH8roNFyo41Jht9t18azA1C3bNKX+D8LM5a1JV/MJ/Mh/79C5On7E0SjI7W90U3J&#10;by9BUPSqvbUyNWUEbYY9UTb2JGOv3KBh7LZdKtzk5lyeLcojCetxaHMaS9rU6H9w1lKLlzx834NX&#10;nJn3loqzGM9m/UwkYzZ/PSHDX3u21x6wgqBKHjkbtus4zNHeeb2r6aWhHSzeU0ErncTuKz+wOvGn&#10;Nk41OI1cPyfXdor69WNY/QQAAP//AwBQSwMEFAAGAAgAAAAhAIgs3oPcAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdQqlhBCnQkggeoOC4OrG2yTCXgfbTcPbs5GQ4LQ/&#10;s5r9plyNzooBQ+w8KZjPMhBItTcdNQreXh/OcxAxaTLaekIF3xhhVR0flbow/kAvOGxSI9iEYqEV&#10;tCn1hZSxbtHpOPM9Ems7H5xOPIZGmqAPbO6svMiypXS6I/7Q6h7vW6w/N3unIF88DR9xffn8Xi93&#10;9iadXQ+PX0Gp05Px7hZEwjH9HcOEz+hQMdPW78lEYRVcLThK+q2TnuW82E7NPAdZlfJ/guoHAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAL3Vt8DECAABgBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiCzeg9wAAAAJAQAADwAAAAAAAAAAAAAAAACL&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="002F13D8">
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>A</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1028700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1102995</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1013460" cy="361950"/>
+                <wp:effectExtent l="99060" t="133350" r="78105" b="0"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="9" name="Cuadro de texto 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1013460" cy="361950"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:extLst>
+                          <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                            <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:effectLst/>
+                            </a14:hiddenEffects>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>ZARATUR</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr spcFirstLastPara="1" wrap="square" numCol="1" fromWordArt="1">
+                        <a:prstTxWarp prst="textArchUp">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 10800000"/>
+                          </a:avLst>
+                        </a:prstTxWarp>
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 9" o:spid="_x0000_s1077" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:81pt;margin-top:86.85pt;width:79.8pt;height:28.5pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZSWifcwIAAMoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8O5Jixw8hcmA7di9p&#10;GyAOcl6TlKVWFFmStmQU/fcuKdkJ0ktR1AdaIpezuzOzur1rZUWOwthS1RlNrmJKRM0UL+t9Rp+3&#10;m8GUEuug5lCpWmT0JCy9m3/8cNvoVFyrQlVcGIIgtU0bndHCOZ1GkWWFkGCvlBY1HubKSHD4avYR&#10;N9Aguqyi6zgeR40yXBvFhLW4e98d0nnAz3PB3Nc8t8KRKqNYmwurCevOr9H8FtK9AV2UrC8D/qEK&#10;CWWNSS9Q9+CAHEz5B5QsmVFW5e6KKRmpPC+ZCD1gN0n8rpunArQIvSA5Vl9osv8Pln05PhpS8ozO&#10;KKlBokSrA3CjCBfEidYpMvMkNdqmGPukMdq1S9Wi2KFhqx8U+25JrVYF1HuxMEY1hQCORSYI2W+H&#10;VrYnjfhhd4vQa16iHomHj97gd8msz7RrPiuOV+DgVMjW5kZ6mpE4giWgoqeLiohImK8rToajMR4x&#10;PBuOk9lNkDmC9HxbG+s+CSWJf8ioQZcEdDg+WOergfQc4pMhMO73T52qPxebm3gyGk4Hk8nNcDAa&#10;ruPBcrpZDRarZDyerJer5Tr55UGTUVqUnIt6HdxozyZLRn8nYm/3zh4Xm4kAdq72fY7QAVZ9/g/V&#10;B4o9qx2/rt21QffryVnfneInJN1qtimRmAew7hEMjgMq1uCIZNT+OIARqOpBrhROFB7kRskXnMGF&#10;CVp6ljx32/YFjO4J9j5aGFY861eafeCe95YD/g2RZIW5jlCRJJ7G/hecAWmQ5aJKh+yvW71AX2zK&#10;IJk3UNcARvoXHJhwpx9uP5Fv30PU6ydo/hsAAP//AwBQSwMEFAAGAAgAAAAhAHynhc7eAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/AdrkbhR5yESFOJUFQ+JAxfacN/GSxwR21Hs&#10;Num/ZznBbUc7mvmm3q52FGeaw+CdgnSTgCDXeT24XkF7eL17ABEiOo2jd6TgQgG2zfVVjZX2i/ug&#10;8z72gkNcqFCBiXGqpAydIYth4ydy/Pvys8XIcu6lnnHhcDvKLEkKaXFw3GBwoidD3ff+ZBXEqHfp&#10;pX2x4e1zfX9eTNLdY6vU7c26ewQRaY1/ZvjFZ3RomOnoT04HMbIuMt4S+SjzEgQ78iwtQBwVZHlS&#10;gmxq+X9D8wMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBZSWifcwIAAMoEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB8p4XO3gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
+                <o:lock v:ext="edit" shapetype="t"/>
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>ZARATUR</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>874395</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2971800" cy="1485900"/>
+                <wp:effectExtent l="13335" t="76200" r="72390" b="9525"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="8" name="Cruz 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2971800" cy="1485900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="plus">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 25000"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:effectLst>
+                          <a:outerShdw dist="107763" dir="18900000" algn="ctr" rotWithShape="0">
+                            <a:srgbClr val="808080"/>
+                          </a:outerShdw>
+                        </a:effectLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="Encabezado"/>
+                              <w:tabs>
+                                <w:tab w:val="clear" w:pos="4252"/>
+                                <w:tab w:val="clear" w:pos="8504"/>
+                              </w:tabs>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>Organización y venta de viajes</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>nacionales e internacionales</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cruz 8" o:spid="_x0000_s1078" type="#_x0000_t11" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:68.85pt;width:234pt;height:117pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbOB9jegIAAP8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/072QNMkqm6pKKUIq&#10;UKkgnh3bu2vwDdubTfv1jJ3tNqFviESyPOvxmTlzZry+OiiJ9tx5YXSNi4scI66pYUK3Nf7+7fbd&#10;EiMfiGZEGs1r/Mg9vtq8fbMebMVL0xnJuEMAon012Bp3IdgqyzztuCL+wliu4bAxTpEApmsz5sgA&#10;6EpmZZ5fZoNxzDpDuffw9eZ4iDcJv2k4DV+bxvOAZI0ht5BWl9ZdXLPNmlStI7YTdEyD/EMWiggN&#10;QSeoGxII6p14BaUEdcabJlxQozLTNILyxAHYFPlfbB46YnniAsXxdiqT/3+w9Mv+3iHBagxCaaJA&#10;oq3rn9AyVmawvgKHB3vvIjdv7wz95ZE2247oll87Z4aOEwb5FNE/O7sQDQ9X0W74bBgAkz6YVKRD&#10;41QEBProkLR4nLTgh4AofCxXi2KZg2QUzorZcr4CI8Yg1fN163z4yI1CcVNjK3uf4Mn+zockBhsp&#10;EfYTo0ZJkHZPJCrn+QQ2OgPsM1yiaqRgt0LKZLh2t5UOwdUa36bfmIk/dZMaDTVezct5yuLszJ9C&#10;QPCX+GduSgSYBikUyDE5kSrW+INmqVcDEfK4h5Sljvnx1OcjZ9MDxEPHBsRErEqRLxaX7zFY0PXF&#10;EqoYYyMiW5hXGhxGzoQfInSp2aIMrygv8/gfKU/4SYqT0En8qPexb8Jhd0h9VU6ttDPsEdoB4iXN&#10;4dWATWfcE0YDTGCN/e+eOI6R/KShpVbFbBZHNhmz+aIEw52e7E5PiKYAVeMA3NJ2G45j3lsn2i5W&#10;IjHT5hrasBHhuV+PWY3NC1OWeI0vQhzjUzt5vbxbmz8AAAD//wMAUEsDBBQABgAIAAAAIQCeGwnG&#10;3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFNK6yqNUyGkHjhVbTnA&#10;bRObJCVeR7GbhH49ywmOOzOafZNtJ9eKwfah8aRhPktAWCq9aajS8HbaPaxBhIhksPVkNXzbANv8&#10;9ibD1PiRDnY4xkpwCYUUNdQxdqmUoaytwzDznSX2Pn3vMPLZV9L0OHK5a+Vjkqykw4b4Q42dfalt&#10;+XW8OA17fB0P6mOPyzN179elKYbrrtD6/m563oCIdop/YfjFZ3TImanwFzJBtBp4SGR1oRQItp9W&#10;a1YKDQs1VyDzTP4fkP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2zgfY3oCAAD/BAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnhsJxt4AAAAI&#10;AQAADwAAAAAAAAAAAAAAAADUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" o:allowincell="f">
+                <v:shadow on="t" offset="6pt,-6pt"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="Encabezado"/>
+                        <w:tabs>
+                          <w:tab w:val="clear" w:pos="4252"/>
+                          <w:tab w:val="clear" w:pos="8504"/>
+                        </w:tabs>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>Organización y venta de viajes</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>nacionales e internacionales</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005D7282">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7943C645" wp14:editId="381A3EAD">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4229100</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1217295</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1057275" cy="781050"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:wrapSquare wrapText="right"/>
+            <wp:docPr id="6" name="Imagen 390" descr="BALANZA"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 390" descr="BALANZA"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1057275" cy="781050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>que significa cuatro. Y se cree que el signo "arroba" tiene sus orígenes en una</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>685800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1196340</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1645920" cy="114300"/>
+                <wp:effectExtent l="80010" t="11430" r="74295" b="7620"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="7" name="Triángulo isósceles 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1645920" cy="114300"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="triangle">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 50000"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FF9900"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="36D5DFC7" id="_x0000_t5" coordsize="21600,21600" o:spt="5" adj="10800" path="m@0,l,21600r21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="prod #0 1 2"/>
+                  <v:f eqn="sum @1 10800 0"/>
+                </v:formulas>
+                <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="@0,0;@1,10800;0,21600;10800,21600;21600,21600;@2,10800" textboxrect="0,10800,10800,18000;5400,10800,16200,18000;10800,10800,21600,18000;0,7200,7200,21600;7200,7200,14400,21600;14400,7200,21600,21600"/>
+                <v:handles>
+                  <v:h position="#0,topLeft" xrange="0,21600"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Triángulo isósceles 7" o:spid="_x0000_s1026" type="#_x0000_t5" style="position:absolute;margin-left:54pt;margin-top:94.2pt;width:129.6pt;height:9pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAC5BpARgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbfyWZD0jarbqoqJQip&#10;QKWWAzi2d9fgP8ZONuU2nIEj9GKMvUlIgSdEHizPzsznb76ZyeXVzmiylRCUszUtR2NKpOVOKNvW&#10;9NPD6tUFJSEyK5h2Vtb0UQZ6tXj54rL3lZy4zmkhgSCIDVXva9rF6KuiCLyThoWR89Kis3FgWEQT&#10;2kIA6xHd6GIyHp8VvQPhwXEZAn69GZx0kfGbRvL4sWmCjETXFLnFfEI+1+ksFpesaoH5TvE9DfYP&#10;LAxTFh89Qt2wyMgG1B9QRnFwwTVxxJ0pXNMoLnMNWE05/q2a+455mWtBcYI/yhT+Hyz/sL0DokRN&#10;zymxzGCLHkA9fbftRjuiwtOPwKWWgZwnqXofKsy493eQig3+1vEvgVi37Jht5TWA6zvJBBIsU3zx&#10;LCEZAVPJun/vBL7ENtFl1XYNmASIepBdbs7jsTlyFwnHj+XZdDafYA85+spy+nqcu1ew6pDtIcS3&#10;0hmSLjWNoJCUTgKyim1vQ8wNEvsymfhMSWM0tnvLNJmN8Zc5H4MR+gCZq3VaiZXSOhvQrpcaCKbW&#10;dLWaz4/J4TRMW9LXdD6bzDKLZ75wCpFe/zuEURE3RCtT04tjEKuSzG+syPMbmdLDHSlru9c9ST20&#10;bO3EI8oObhh/XFe8dA6+UdLj6Nc0fN0wkJTodxZbNy+n07Qr2ZjOzpPocOpZn3qY5QiFclMyXJdx&#10;2K+NB9V2+FKZa7fuGtvdqHiYi4HVniyON96e7c+pnaN+/WEsfgIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFgbIajgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyonVCFkMapUAFV&#10;XCpR8gBu7Pyo8Tqy3TS8PcsJbjva0cw35XaxI5uND4NDCclKADPYOD1gJ6H+en/IgYWoUKvRoZHw&#10;bQJsq9ubUhXaXfHTzMfYMQrBUCgJfYxTwXloemNVWLnJIP1a562KJH3HtVdXCrcjT4XIuFUDUkOv&#10;JrPrTXM+XqyE6TDXrztMBvHcZh9vrd3XPtlLeX+3vGyARbPEPzP84hM6VMR0chfUgY2kRU5bIh15&#10;vgZGjsfsKQV2kpCKbA28Kvn/DdUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAALkGkBG&#10;AgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFgb&#10;IajgAAAACwEAAA8AAAAAAAAAAAAAAAAAoAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACtBQAAAAA=&#10;" fillcolor="#f90">
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">práctica de los copistas de Edad Media, que </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> el "@" para ligar las</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>289560</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>41275</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="342900" cy="303530"/>
+                <wp:effectExtent l="7620" t="6985" r="11430" b="13335"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-760" y="0"/>
+                    <wp:lineTo x="-760" y="21600"/>
+                    <wp:lineTo x="22360" y="21600"/>
+                    <wp:lineTo x="22360" y="0"/>
+                    <wp:lineTo x="-760" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="5" name="Cuadro de texto 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="342900" cy="303530"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002F13D8">
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>C</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 5" o:spid="_x0000_s1079" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:22.8pt;margin-top:3.25pt;width:27pt;height:23.9pt;z-index:251683840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz1JNJMQIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtq5bY1Rp+jSdRjQ&#10;XYBuH8BIcixMFjVJid19fSk5yYJuexnmB0EUqSPyHNJX10Nn2F75oNHWfHJRcqasQKnttubfvt69&#10;uuQsRLASDFpV80cV+PXq5Yur3lVqii0aqTwjEBuq3tW8jdFVRRFEqzoIF+iUJWeDvoNIpt8W0kNP&#10;6J0ppmX5uujRS+dRqBDo9HZ08lXGbxol4uemCSoyU3PKLebV53WT1mJ1BdXWg2u1OKQB/5BFB9rS&#10;oyeoW4jAdl7/BtVp4TFgEy8EdgU2jRYq10DVTMpn1Ty04FSuhcgJ7kRT+H+w4tP+i2da1nzBmYWO&#10;JFrvQHpkUrGohohskUjqXago9sFRdBze4kBi54KDu0fxPTCL6xbsVt14j32rQFKSk3SzOLs64oQE&#10;suk/oqTXYBcxAw2N7xKDxAkjdBLr8SQQ5cEEHc7m02VJHkGuWTlbzLKABVTHy86H+F5hx9Km5p70&#10;z+Cwvw8xJQPVMSS9FdBoeaeNyYbfbtbGsz1Qr9zlL+f/LMxY1td8uZguxvr/ClHm708QnY7U9EZ3&#10;Nb88BUGVWHtnZW7JCNqMe0rZ2AONibmRwzhshizbdHmUZ4PykYj1ODY5DSVtWvQ/OeupwWsefuzA&#10;K87MB0viLCfzeZqIbMwXb6Zk+HPP5twDVhBUzSNn43YdxynaOa+3Lb00toPFGxK00ZnspPyY1SF/&#10;auKswWHg0pSc2znq129h9QQAAP//AwBQSwMEFAAGAAgAAAAhAJh1YZ7cAAAABgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SFwQdaBJaEI2FUIC0RsUBFc33iYRsR1sNw1/z3KC42hG&#10;b161ns0gJvKhdxbhapGAINs43dsW4e314XIFIkRltRqcJYRvCrCuT08qVWp3tC80bWMrGGJDqRC6&#10;GMdSytB0ZFRYuJEsd3vnjYocfSu1V0eGm0FeJ0kujeotP3RqpPuOms/twSCs0qfpI2yWz+9Nvh+K&#10;eHEzPX55xPOz+e4WRKQ5/o3hV5/VoWannTtYHcSAkGY5LxHyDATXRcFxh5ClS5B1Jf/r1z8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAs9STSTECAABeBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmHVhntwAAAAGAQAADwAAAAAAAAAAAAAAAACL&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="002F13D8">
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>C</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">letras "a" y "d" para formar la </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> latina ad, que significa "asta" o</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>863600</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>85725</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="342900" cy="303530"/>
+                <wp:effectExtent l="10160" t="5715" r="8890" b="5080"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="-760" y="0"/>
+                    <wp:lineTo x="-760" y="21600"/>
+                    <wp:lineTo x="22360" y="21600"/>
+                    <wp:lineTo x="22360" y="0"/>
+                    <wp:lineTo x="-760" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="4" name="Cuadro de texto 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="342900" cy="303530"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002F13D8">
+                              <w:rPr>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 4" o:spid="_x0000_s1080" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:68pt;margin-top:6.75pt;width:27pt;height:23.9pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcogziMAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vti5ba1Rp+jSZRjQ&#10;XYBuH6BIcixMFjVKid19/Sg5TYNuexnmB0EUqSPyHNJX10Nn2UFjMOBqPp2UnGknQRm3q/m3r5tX&#10;F5yFKJwSFpyu+YMO/Hr18sVV7ys9gxas0sgIxIWq9zVvY/RVUQTZ6k6ECXjtyNkAdiKSibtCoegJ&#10;vbPFrCxfFz2g8ghSh0Cnt6OTrzJ+02gZPzdN0JHZmlNuMa+Y121ai9WVqHYofGvkMQ3xD1l0wjh6&#10;9AR1K6JgezS/QXVGIgRo4kRCV0DTGKlzDVTNtHxWzX0rvM61EDnBn2gK/w9Wfjp8QWZUzRecOdGR&#10;ROu9UAhMaRb1EIEtEkm9DxXF3nuKjsNbGEjsXHDwdyC/B+Zg3Qq30zeI0LdaKEpymm4WZ1dHnJBA&#10;tv1HUPSa2EfIQEODXWKQOGGETmI9nASiPJikw/lidlmSR5JrXs6X8yxgIarHyx5DfK+hY2lTcyT9&#10;M7g43IWYkhHVY0h6K4A1amOszQbutmuL7CCoVzb5y/k/C7OO9TW/XM6WY/1/hSjz9yeIzkRqemu6&#10;ml+cgkSVWHvnVG7JKIwd95SydUcaE3Mjh3HYDlm2kYLE8RbUAxGLMDY5DSVtWsCfnPXU4DUPP/YC&#10;NWf2gyNxLqeLRZqIbCyWb2Zk4Llne+4RThJUzSNn43YdxynaezS7ll4a28HBDQnamEz2U1bH/KmJ&#10;swbHgUtTcm7nqKffwuoXAAAA//8DAFBLAwQUAAYACAAAACEAUAZOb94AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXNCWjkLZStMJIYHYDTYE16z12orEKUnWlX+Pe4Kbn/30&#10;/L1iPVojBvShc6RgMU9AIFWu7qhR8L57mi1BhKip1sYRKvjBAOvy/KzQee1O9IbDNjaCQyjkWkEb&#10;Y59LGaoWrQ5z1yPx7eC81ZGlb2Tt9YnDrZHXSZJJqzviD63u8bHF6mt7tAqWNy/DZ9ikrx9VdjCr&#10;eHU3PH97pS4vxod7EBHH+GeGCZ/RoWSmvTtSHYRhnWbcJU7DLYjJsEp4sVeQLVKQZSH/Nyh/AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFyiDOIwAgAAXgQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFAGTm/eAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;igQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRPr="002F13D8" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="002F13D8">
+                        <w:rPr>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>"</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> a poco se hizo de uso más frecuente, sobre todo en las cartas</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1119505</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>202565</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="885825" cy="264795"/>
+                <wp:effectExtent l="18415" t="11430" r="38735" b="28575"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="3" name="Cuadro de texto 3" descr="Vertical estrecha"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="885825" cy="264795"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005B5DE3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="45847" w14:dir="2021404" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="808080"/>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="12700" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>APOLO, S.A.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
+                        <a:prstTxWarp prst="textCurveUp">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 40356"/>
+                          </a:avLst>
+                        </a:prstTxWarp>
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Cuadro de texto 3" o:spid="_x0000_s1081" type="#_x0000_t202" alt="Vertical estrecha" style="position:absolute;left:0;text-align:left;margin-left:88.15pt;margin-top:15.95pt;width:69.75pt;height:20.85pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAaZ7OGQIAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysk01v2zAMhu8D9h8E3RcnadNlRp0iS9dd&#10;ug+g6XpmJDn2ZpkapcTOvy+luEmx3YZdBJuSXj4vSV3f9LYRe0O+xraQk9FYCtMq1HW7LeTj+u7d&#10;XAofoNXQYGsKeTBe3izevrnuXG6mWGGjDQkWaX3euUJWIbg8y7yqjAU/Qmda3iyRLAT+pW2mCTpW&#10;t002HY+vsg5JO0JlvOfo7XFTLpJ+WRoVvpWlN0E0hWS2kFZK6yau2eIa8i2Bq2o1YMA/UFioW056&#10;krqFAGJH9V9StlaEHsswUmgzLMtameSB3UzGf7h5qMCZ5IWL492pTP7/yaqv++8kal3ICylasNyi&#10;1Q40odBGBNMHFLyhjVdctB+GQq2gEcYHMqqCWL7O+ZxVHhzrhP4j9jwGqRTe3aP65UWLqwrarVkS&#10;YVcZ0Iw/4WRDOJlcHxxnTtE1J/2ka+7UJMpnr/SPyXzMtOm+oOYrsAuYsvUl2dgALqlgBO714dRf&#10;VhSKg/P5bD6dSaF4a3p1+f7DLGWA/OWyIx8+G7QifhSSPYYkDvt7HyIM5C9HBrIIc8QK/aY/FjJx&#10;R+wN6gOzdjxehfS/d0CGfe/sCnka2WxJaJ94fpeU3Eb8KL/un4DcwBB7sNrR3jy6M0qaND30C/RP&#10;lrINz+2ee3M5vphdDb4S9wn7qBvverfkut3VydOZdPDEo5buDM8izvLr/3Tq/HgXzwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFMB9nPdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofN&#10;mHizC5JSRZam8SPx4MWK9yk7ApGdJey20H/veNLjm3nyzvOW28UN6kRT6D0bSFcJKOLG255bA/XH&#10;y80dqBCRLQ6eycCZAmyry4sSC+tnfqfTPrZKSjgUaKCLcSy0Dk1HDsPKj8Ry+/KTwyhxarWdcJZy&#10;N+jbJMm1w57lQ4cjPXbUfO+PzkCMdpee62cXXj+Xt6e5S5o11sZcXy27B1CRlvgHw6++qEMlTgd/&#10;ZBvUIHmTZ4IayNJ7UAJk6Vq2HAxsshx0Ver/C6ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAMBpns4ZAgAABAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFMB9nPdAAAACQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" shapetype="t"/>
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005B5DE3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="45847" w14:dir="2021404" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="808080"/>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="12700" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>APOLO, S.A.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>oficiales redactadas en latín, en las cuales se utilizaba antepuesta a los</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1376680</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>90170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="342900" cy="342900"/>
+                <wp:effectExtent l="18415" t="20320" r="19685" b="17780"/>
+                <wp:wrapSquare wrapText="right"/>
+                <wp:docPr id="2" name="Estrella de 16 puntas 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="342900" cy="342900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="star16">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 37500"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFF00"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="5AE832C4" id="_x0000_t59" coordsize="21600,21600" o:spt="59" adj="2700" path="m21600,10800l@5@10,20777,6667@7@12,18436,3163@8@11,14932,822@6@9,10800,0@10@9,6667,822@12@11,3163,3163@11@12,822,6667@9@10,,10800@9@6,822,14932@11@8,3163,18436@12@7,6667,20777@10@5,10800,21600@6@5,14932,20777@8@7,18436,18436@7@8,20777,14932@5@6xe">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="sum 10800 0 #0"/>
+                  <v:f eqn="prod @0 32138 32768"/>
+                  <v:f eqn="prod @0 6393 32768"/>
+                  <v:f eqn="prod @0 27246 32768"/>
+                  <v:f eqn="prod @0 18205 32768"/>
+                  <v:f eqn="sum @1 10800 0"/>
+                  <v:f eqn="sum @2 10800 0"/>
+                  <v:f eqn="sum @3 10800 0"/>
+                  <v:f eqn="sum @4 10800 0"/>
+                  <v:f eqn="sum 10800 0 @1"/>
+                  <v:f eqn="sum 10800 0 @2"/>
+                  <v:f eqn="sum 10800 0 @3"/>
+                  <v:f eqn="sum 10800 0 @4"/>
+                  <v:f eqn="prod @0 23170 32768"/>
+                  <v:f eqn="sum @13 10800 0"/>
+                  <v:f eqn="sum 10800 0 @13"/>
+                </v:formulas>
+                <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="@15,@15,@14,@14"/>
+                <v:handles>
+                  <v:h position="#0,center" xrange="0,10800"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Estrella de 16 puntas 2" o:spid="_x0000_s1026" type="#_x0000_t59" style="position:absolute;margin-left:108.4pt;margin-top:7.1pt;width:27pt;height:27pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBN6VY2PQIAAHUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjp2k16MOkXRyzCg&#10;2wp0+wBGkmNtuo1S4nRfP1p2snR7G+YHQRTJw8shfXW9s4ZtFUbtXcPLkxlnygkvtVs3/OuXh3cX&#10;nMUEToLxTjX8RUV+vXz75qoPtap8541UyAjExboPDe9SCnVRRNEpC/HEB+VI2Xq0kEjEdSERekK3&#10;pqhms7Oi9ygDeqFipNe7UcmXGb9tlUif2zaqxEzDKbeUT8znajiL5RXUa4TQaTGlAf+QhQXtKOgB&#10;6g4SsA3qv6CsFuijb9OJ8LbwbauFyjVQNeXsj2qeOwgq10LNieHQpvj/YMWn7RMyLRtecebAEkX3&#10;MaEyBphUrDxjYeMSRFYNrepDrMnjOTzhUGwMj158j8z52w7cWt0g+r5TICnBcrAvXjkMQiRXtuo/&#10;ekmRYJN87tquRTsAUj/YLpPzciBH7RIT9Hg6ry5nRKEg1XQfIkC9dw4Y03vlLRsuDaepw/Isw8P2&#10;MabMjpxqBPmNs9Ya4noLhp2eLwh6hJuMCXgPmEv1RssHbUwWcL26NcjIteEP9B2c47GZcaxv+OWi&#10;WuQsXuniMcQsf1P8V2ZWJ1oPo23DLw5GUA89vneSEoY6gTbjnVI2bmr60OeRr5WXL9Rz9OPs067S&#10;pfP4k7Oe5p4a9WMDqDgzHxzxdlnO58OiZGG+OK9IwGPN6lgDThBUwxNn4/U2jcu1CajXHUUqc+3O&#10;3xDXrU77oRizmpKl2c5MTns4LM+xnK1+/y2WvwAAAP//AwBQSwMEFAAGAAgAAAAhAAhhzrzcAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdWqhpIQ4VRUJlCst3N14G4fG&#10;dmS7Tfh7lhMcZ2c087baLnZkVwxx8E7CepUBQ9d5Pbhewsfh9XEDLCbltBq9QwnfGGFb395UqtR+&#10;du943aeeUYmLpZJgUppKzmNn0Kq48hM68k4+WJVIhp7roGYqtyMXWZZzqwZHC0ZN2BjszvuLldAG&#10;8xbb3bmdh+b5VHz6h+KrQSnv75bdC7CES/oLwy8+oUNNTEd/cTqyUYJY54SeyHgSwCggiowORwn5&#10;RgCvK/7/g/oHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATelWNj0CAAB1BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACGHOvNwAAAAJAQAADwAA&#10;AAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" fillcolor="yellow">
+                <w10:wrap type="square" side="right"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRPr="005D7282" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">nombres de los </w:t>
-[...12 lines deleted...]
-        <w:t>existen indicios que datan del año 1536, en los cuales se puede apreciar el</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="005B5DE3" w:rsidRDefault="005B5DE3" w:rsidP="005B5DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>signo en algunos documentos mercantiles venecianos, como aparece en una</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110D1" w:rsidRDefault="003110D1" w:rsidP="003110D1">
-[...218 lines deleted...]
-    <w:sectPr w:rsidR="00A84738">
+    <w:p w:rsidR="00A365C3" w:rsidRDefault="00A365C3"/>
+    <w:sectPr w:rsidR="00A365C3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Franklin Gothic Medium">
+    <w:panose1 w:val="020B0603020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bodoni MT">
+    <w:panose1 w:val="02070603080606020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Comic Sans MS">
+    <w:panose1 w:val="030F0702030302020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F1434B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0D4A3066"/>
+    <w:lvl w:ilvl="0" w:tplc="128E2412">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="48101EC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1701"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12CB1B02"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BE402836"/>
+    <w:lvl w:ilvl="0" w:tplc="5DE45C0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="71F2ADAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F3B4760"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F362B1FA"/>
+    <w:lvl w:ilvl="0" w:tplc="3638855C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30EC0245"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4902DBE"/>
+    <w:lvl w:ilvl="0" w:tplc="5C583A4A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="88"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003110D1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00832F74"/>
+    <w:rsidRoot w:val="005B5DE3"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:rsid w:val="00A365C3"/>
+    <w:rsid w:val="00D41301"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1084"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C8A8C112-853D-430F-8DA7-4F45C6D0BCF8}"/>
+  <w15:docId w15:val="{A76544ED-8B67-4236-BE04-97FCF4A92B24}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -857,91 +7505,335 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Car"/>
+    <w:autoRedefine/>
     <w:qFormat/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Franklin Gothic Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Franklin Gothic Medium" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="48"/>
+      <w:lang w:val="es-ES_tradnl"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Car"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Textoindependiente3Car"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Textoindependiente3Car">
+    <w:name w:val="Texto independiente 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente3"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextoindependienteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
+    <w:name w:val="Texto independiente Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B5DE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sangradetextonormal">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SangradetextonormalCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SangradetextonormalCar">
+    <w:name w:val="Sangría de texto normal Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Sangradetextonormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B5DE3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+    <w:name w:val="Título 1 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo1"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Franklin Gothic Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Franklin Gothic Medium" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Textoindependiente2Car"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Textoindependiente2Car">
+    <w:name w:val="Texto independiente 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente2"/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B5DE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1163,72 +8055,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1673</Characters>
+  <Pages>5</Pages>
+  <Words>117</Words>
+  <Characters>648</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1974</CharactersWithSpaces>
+  <CharactersWithSpaces>764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Profe01</dc:creator>
+  <dc:creator>Usuario de Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>