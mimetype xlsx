--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -1,216 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Mi unidad\CURSO_25-26\CLUB_CIENCIA\CLASES\ALGORITMO-DNI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50183EE6-4780-4E9A-B7B8-803D809FC0DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C9E01CB-E210-4FE6-96D6-92885D48AA6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="38304" yWindow="0" windowWidth="15552" windowHeight="12336" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Ejemplo" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="94">
   <si>
     <t>APELLIDO1</t>
   </si>
   <si>
     <t>APELLIDO2</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>DNI</t>
   </si>
   <si>
-    <t>FECHADENACIMIENTO</t>
-[...4 lines deleted...]
-  <si>
     <t>García</t>
   </si>
   <si>
     <t>López</t>
   </si>
   <si>
     <t>Juan</t>
   </si>
   <si>
-    <t>12345678A</t>
-[...1 lines deleted...]
-  <si>
     <t>Martínez</t>
   </si>
   <si>
     <t>Pérez</t>
   </si>
   <si>
     <t>Ana</t>
   </si>
   <si>
     <t>23456789B</t>
   </si>
   <si>
     <t>Rodríguez</t>
   </si>
   <si>
     <t>Sánchez</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
-    <t>34567890C</t>
-[...1 lines deleted...]
-  <si>
     <t>Fernández</t>
   </si>
   <si>
     <t>Gómez</t>
   </si>
   <si>
     <t>María</t>
   </si>
   <si>
     <t>45678901D</t>
   </si>
   <si>
     <t>Hernández</t>
   </si>
   <si>
     <t>Ruiz</t>
   </si>
   <si>
     <t>Luis</t>
   </si>
   <si>
-    <t>56789012E</t>
-[...1 lines deleted...]
-  <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Díaz</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>67890123F</t>
   </si>
   <si>
     <t>Ramírez</t>
   </si>
   <si>
     <t>Morales</t>
   </si>
   <si>
     <t>Pedro</t>
   </si>
   <si>
-    <t>78901234G</t>
-[...1 lines deleted...]
-  <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Castro</t>
   </si>
   <si>
     <t>Sofía</t>
   </si>
   <si>
-    <t>89012345H</t>
-[...1 lines deleted...]
-  <si>
     <t>Vargas</t>
   </si>
   <si>
     <t>Ortega</t>
   </si>
   <si>
     <t>Diego</t>
   </si>
   <si>
     <t>90123456J</t>
   </si>
   <si>
     <t>Mendoza</t>
   </si>
   <si>
     <t>Navarro</t>
   </si>
   <si>
     <t>Lucía</t>
   </si>
   <si>
-    <t>01234567K</t>
-[...1 lines deleted...]
-  <si>
     <t>12 05 1990</t>
   </si>
   <si>
     <t>03 11 1985</t>
   </si>
   <si>
     <t>25 07 1992</t>
   </si>
   <si>
     <t>14 02 1988</t>
   </si>
   <si>
     <t>30 09 1995</t>
   </si>
   <si>
     <t>08 01 1991</t>
   </si>
   <si>
     <t>19 06 1983</t>
   </si>
   <si>
     <t>22 12 1997</t>
   </si>
   <si>
     <t>05 04 1989</t>
@@ -225,91 +201,198 @@
     <t>31 01 2027</t>
   </si>
   <si>
     <t>11 05 2027</t>
   </si>
   <si>
     <t>19 08 2027</t>
   </si>
   <si>
     <t>27 11 2027</t>
   </si>
   <si>
     <t>06 03 2028</t>
   </si>
   <si>
     <t>14 06 2028</t>
   </si>
   <si>
     <t>22 09 2028</t>
   </si>
   <si>
     <t>31 12 2028</t>
   </si>
   <si>
     <t>10 04 2029</t>
+  </si>
+  <si>
+    <t>VALIDEZ_2</t>
+  </si>
+  <si>
+    <t>VALIDEZ_1</t>
+  </si>
+  <si>
+    <t>FECHA_NACIMIENTO</t>
+  </si>
+  <si>
+    <t>06032028</t>
+  </si>
+  <si>
+    <t>SEXO</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>EMISION</t>
+  </si>
+  <si>
+    <t>27 12 2016</t>
+  </si>
+  <si>
+    <t>31 01 2017</t>
+  </si>
+  <si>
+    <t>11 05 2017</t>
+  </si>
+  <si>
+    <t>19 08 2017</t>
+  </si>
+  <si>
+    <t>27 11 2017</t>
+  </si>
+  <si>
+    <t>06 03 2018</t>
+  </si>
+  <si>
+    <t>14 06 2018</t>
+  </si>
+  <si>
+    <t>22 09 2018</t>
+  </si>
+  <si>
+    <t>31 12 2018</t>
+  </si>
+  <si>
+    <t>10 04 2019</t>
+  </si>
+  <si>
+    <t>CAN</t>
+  </si>
+  <si>
+    <t>ZCA751301</t>
+  </si>
+  <si>
+    <t>JBS370781</t>
+  </si>
+  <si>
+    <t>DHW240352</t>
+  </si>
+  <si>
+    <t>GWC886366</t>
+  </si>
+  <si>
+    <t>QLO376287</t>
+  </si>
+  <si>
+    <t>FZD266490</t>
+  </si>
+  <si>
+    <t>BLA734445</t>
+  </si>
+  <si>
+    <t>PCV183415</t>
+  </si>
+  <si>
+    <t>PWZ774635</t>
+  </si>
+  <si>
+    <t>LSU944434</t>
+  </si>
+  <si>
+    <t>NUM_SOPORTE</t>
+  </si>
+  <si>
+    <t>12345678Z</t>
+  </si>
+  <si>
+    <t>27182818S</t>
+  </si>
+  <si>
+    <t>31415926L</t>
+  </si>
+  <si>
+    <t>56789012W</t>
+  </si>
+  <si>
+    <t>34567890V</t>
+  </si>
+  <si>
+    <t>89012345E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -572,284 +655,456 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F11"/>
+  <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G18" sqref="G18"/>
+      <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="5" max="5" width="19.6328125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="10.453125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.08984375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.6328125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.6328125" customWidth="1"/>
+    <col min="8" max="8" width="10.453125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.7265625" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" t="s">
+      <c r="F1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J1" t="s">
+        <v>76</v>
+      </c>
+      <c r="K1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" t="s">
+      <c r="B2" t="s">
         <v>5</v>
       </c>
+      <c r="C2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" t="s">
+        <v>38</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I2">
+        <v>27122026</v>
+      </c>
+      <c r="J2">
+        <v>752615</v>
+      </c>
+      <c r="K2" t="s">
+        <v>77</v>
+      </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B2" t="s">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A3" t="s">
         <v>7</v>
       </c>
-      <c r="C2" t="s">
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="D2" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I3">
+        <v>31012027</v>
+      </c>
+      <c r="J3">
+        <v>370320</v>
+      </c>
+      <c r="K3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" t="s">
+        <v>50</v>
+      </c>
+      <c r="I4">
+        <v>11052027</v>
+      </c>
+      <c r="J4">
+        <v>921953</v>
+      </c>
+      <c r="K4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I5">
+        <v>19082027</v>
+      </c>
+      <c r="J5">
+        <v>808171</v>
+      </c>
+      <c r="K5" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>90</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6">
+        <v>27112027</v>
+      </c>
+      <c r="J6">
+        <v>660191</v>
+      </c>
+      <c r="K6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J7">
+        <v>565415</v>
+      </c>
+      <c r="K7" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8">
+        <v>14062028</v>
+      </c>
+      <c r="J8">
+        <v>990657</v>
+      </c>
+      <c r="K8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>91</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>73</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+      <c r="I9">
+        <v>22092028</v>
+      </c>
+      <c r="J9">
+        <v>600984</v>
+      </c>
+      <c r="K9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
         <v>46</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
         <v>56</v>
       </c>
+      <c r="I10">
+        <v>31122028</v>
+      </c>
+      <c r="J10">
+        <v>800795</v>
+      </c>
+      <c r="K10" t="s">
+        <v>85</v>
+      </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" t="s">
         <v>47</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
         <v>57</v>
       </c>
-    </row>
-[...157 lines deleted...]
-        <v>65</v>
+      <c r="I11">
+        <v>10042029</v>
+      </c>
+      <c r="J11">
+        <v>193935</v>
+      </c>
+      <c r="K11" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <ignoredErrors>
+    <ignoredError sqref="I7" numberStoredAsText="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ejemplo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>